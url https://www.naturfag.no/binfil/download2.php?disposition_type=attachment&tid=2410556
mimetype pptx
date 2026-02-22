--- v0 (2025-12-31)
+++ v1 (2026-02-22)
@@ -1,114 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/ppt/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="ppt/webextensions/taskpanes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="ppt/webextensions/taskpanes.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId18"/>
+    <p:notesMasterId r:id="rId17"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="280" r:id="rId2"/>
     <p:sldId id="265" r:id="rId3"/>
     <p:sldId id="262" r:id="rId4"/>
     <p:sldId id="264" r:id="rId5"/>
     <p:sldId id="263" r:id="rId6"/>
     <p:sldId id="287" r:id="rId7"/>
     <p:sldId id="279" r:id="rId8"/>
     <p:sldId id="290" r:id="rId9"/>
     <p:sldId id="273" r:id="rId10"/>
     <p:sldId id="276" r:id="rId11"/>
     <p:sldId id="277" r:id="rId12"/>
     <p:sldId id="274" r:id="rId13"/>
     <p:sldId id="281" r:id="rId14"/>
     <p:sldId id="282" r:id="rId15"/>
-    <p:sldId id="291" r:id="rId16"/>
-    <p:sldId id="288" r:id="rId17"/>
+    <p:sldId id="288" r:id="rId16"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="nb-NO"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -213,87 +214,219 @@
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="008000"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" v="27" dt="2026-01-05T15:03:05.705"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="23508" autoAdjust="0"/>
-    <p:restoredTop sz="95027" autoAdjust="0"/>
+    <p:restoredTop sz="83393" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="95" d="100"/>
-          <a:sy n="95" d="100"/>
+          <a:sx n="83" d="100"/>
+          <a:sy n="83" d="100"/>
         </p:scale>
-        <p:origin x="702" y="78"/>
+        <p:origin x="126" y="330"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
+</file>
+
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}"/>
+    <pc:docChg chg="addSld delSld modSld">
+      <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:03:15.637" v="75" actId="1035"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp add mod modAnim">
+        <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:03:15.637" v="75" actId="1035"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1954260984" sldId="288"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:02:59.836" v="40"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="3" creationId="{47EC90E9-8D2C-CAD8-E37E-CE0836ADFB7B}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:03:15.637" v="75" actId="1035"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="4" creationId="{A3F5CFAD-8C36-1FB5-B763-8B0AC3272EB4}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:03:15.637" v="75" actId="1035"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="5" creationId="{595FE74A-02D9-0378-79C5-87FFC2679E9B}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:03:15.637" v="75" actId="1035"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="6" creationId="{FCAD7809-5B92-7145-0D91-ED87A3C0D9A1}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:03:15.637" v="75" actId="1035"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="7" creationId="{91CADF5F-2E5F-2718-7A7C-5B5B4815DCFD}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:02:48.006" v="32"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="8" creationId="{E78711D4-B8E1-33C0-91F0-AE15382A01A7}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:03:15.637" v="75" actId="1035"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="9" creationId="{B3CD37AB-E70D-0C8C-40B1-B27B3EE69EF9}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:03:15.637" v="75" actId="1035"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="10" creationId="{6E8AC096-EAEC-B606-AD51-D1EBB80F2436}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:02:36.105" v="26"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="11" creationId="{846A87AD-29B3-3DDC-554A-4DE480147B01}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:03:05.705" v="43"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="12" creationId="{1A6382B2-5EED-7B1C-D7D6-AC2287C862F3}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:02:41.282" v="29"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="13" creationId="{69B14267-9829-6007-FAD0-028AEE2DC502}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:02:53.747" v="37"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1954260984" sldId="288"/>
+            <ac:spMk id="14" creationId="{45992826-BE4F-F615-652F-736457733E4D}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{C31F1A09-184C-47C3-8568-EAD3E6CAA9CF}" dt="2026-01-05T15:02:23.154" v="7" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="6834854" sldId="291"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -338,51 +471,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7286D624-32B9-461D-BB66-A4D5ED8C2838}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -610,54 +743,50 @@
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/1135042246" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -733,167 +862,50 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F456A0A-19F8-4767-A5D8-28CE6DF57D1A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2480597160"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
-[...115 lines deleted...]
-
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{766E32D3-73F0-DBCA-FE5F-17DCD31D3977}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -1799,144 +1811,150 @@
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2373565646"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{766E32D3-73F0-DBCA-FE5F-17DCD31D3977}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0870C8F1-5BCB-B139-8746-6B42681CE5AF}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Plassholder for lysbilde 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57D04DDD-7011-7037-431B-AD96BED91A9B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48732D0B-071D-3990-4331-F95B3D32AD1B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for notater 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2A222E2-FD77-7F40-B015-F241E4B7B9FE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07B70E88-20C8-E45A-904D-F32904D33919}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Det finnes ca. 2000 forskjellige lavarter i Norge https://www.nhm.uio.no/kunnskapsunivers/botanikk/lav/</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17F73D72-4D21-64CA-5576-37CD5FD4D53F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6371571D-78AE-89CA-299C-07F9EA8BC912}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F456A0A-19F8-4767-A5D8-28CE6DF57D1A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="498336526"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1165117379"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -2095,51 +2113,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B98C22E-80F7-6BBA-098D-F87D4FF48156}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD0C975B-AF68-FD09-90A9-7E0E314DBB95}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2295,51 +2313,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55892226-7C98-D424-4CE1-A0C36AD2BA67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52C4EA9E-08C3-7B6A-8468-87F7836674E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2505,51 +2523,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E827DB68-DA09-817F-3D3F-0A229F6AE20D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{655A1659-5974-D713-FF63-03E7FF06CDB8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2705,51 +2723,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7DCDF07-5E6E-89C6-2C73-FC35D5FD2BDB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A63D19E6-F34A-5003-F739-7CA33AF8651D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2981,51 +2999,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9448F76C-C120-0E7D-8AE8-03CD4628DE47}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED2F8297-F418-EF95-DEA7-5EB23584F196}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3249,51 +3267,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C521F94E-4168-B1D6-2F6A-BCAEC2F93C9A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D64E50D5-5AFE-8324-744A-5DFBA1616E69}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3664,51 +3682,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11CA3313-8CCD-09F3-BC3A-51085040FF41}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3097C9F-D5B1-F470-A409-DA06AA061D2C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3806,51 +3824,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47226A3B-C068-EA0A-FE80-314FE442D791}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F75A652B-C682-E859-E3A0-0E50CB6ED95B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3919,51 +3937,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7CFD806-8536-FD5E-D215-6FC0D1B56224}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DF3F404-5099-5DBC-0897-0D45281F8C2F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4232,51 +4250,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2667C32-2F85-F8F1-68BD-1B44AC23E2D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7EE6447-C578-6C08-0A6E-BDB9A7DE4219}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4521,51 +4539,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47B8C873-19FA-7AFD-394E-6C68153E86F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17820B96-6DDE-7AB9-B5E0-757C2E874C9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4768,51 +4786,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{63A47907-52F2-4193-AA0E-F41747A177BB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>27.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60F7A57B-9707-BAF1-D37A-C1B7B2562EB9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -5193,55 +5211,51 @@
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://player.vimeo.com/video/1135042246?app_id=122963" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/></Relationships>
 </file>
@@ -6432,322 +6446,232 @@
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="10" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="2">
                                             <p:txEl>
                                               <p:pRg st="0" end="0"/>
                                             </p:txEl>
                                           </p:spTgt>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
-                            </p:childTnLst>
-[...16 lines deleted...]
-                            <p:childTnLst>
                               <p:par>
-                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="11" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="14" dur="1" fill="hold">
+                                        <p:cTn id="12" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="2">
                                             <p:txEl>
                                               <p:pRg st="1" end="1"/>
                                             </p:txEl>
                                           </p:spTgt>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
-                            </p:childTnLst>
-[...16 lines deleted...]
-                            <p:childTnLst>
                               <p:par>
-                                <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="18" dur="1" fill="hold">
+                                        <p:cTn id="14" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="2">
                                             <p:txEl>
                                               <p:pRg st="2" end="2"/>
                                             </p:txEl>
                                           </p:spTgt>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
-                            </p:childTnLst>
-[...16 lines deleted...]
-                            <p:childTnLst>
                               <p:par>
-                                <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="15" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="22" dur="1" fill="hold">
+                                        <p:cTn id="16" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="2">
                                             <p:txEl>
                                               <p:pRg st="3" end="3"/>
                                             </p:txEl>
                                           </p:spTgt>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
-                            </p:childTnLst>
-[...16 lines deleted...]
-                            <p:childTnLst>
                               <p:par>
-                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="26" dur="1" fill="hold">
+                                        <p:cTn id="18" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="2">
                                             <p:txEl>
                                               <p:pRg st="4" end="4"/>
                                             </p:txEl>
                                           </p:spTgt>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
-                            </p:childTnLst>
-[...16 lines deleted...]
-                            <p:childTnLst>
                               <p:par>
-                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="19" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="30" dur="1" fill="hold">
+                                        <p:cTn id="20" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="2">
                                             <p:txEl>
                                               <p:pRg st="5" end="5"/>
                                             </p:txEl>
                                           </p:spTgt>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
-                    <p:cTn id="31" fill="hold">
+                    <p:cTn id="21" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
-                          <p:cTn id="32" fill="hold">
+                          <p:cTn id="22" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="33" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="23" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="34" dur="1" fill="hold">
+                                        <p:cTn id="24" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
@@ -7225,102 +7149,71 @@
           </a:prstGeom>
           <a:effectLst/>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3010538367"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{386860F1-908D-9E33-DFB0-5C284F4107F2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAEE9991-80AA-0EFA-1B3E-DBC4F96ED31D}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Tittel 1">
-[...33 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53E062DB-F81D-645C-A281-80845E6F8C8B}"/>
+          <p:cNvPr id="3" name="Speech Bubble: Rectangle with Corners Rounded 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47EC90E9-8D2C-CAD8-E37E-CE0836ADFB7B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="596604" y="4954973"/>
             <a:ext cx="3929074" cy="1109708"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeRoundRectCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val 59260"/>
               <a:gd name="adj2" fmla="val 98356"/>
               <a:gd name="adj3" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -7348,54 +7241,54 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Det finnes ca. 5000 </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>forskjellige lavarter i Norge.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Speech Bubble: Rectangle with Corners Rounded 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35223CC7-BB0D-FDB3-D751-BE2684BB3B16}"/>
+          <p:cNvPr id="8" name="Speech Bubble: Rectangle with Corners Rounded 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E78711D4-B8E1-33C0-91F0-AE15382A01A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2102671" y="3419004"/>
             <a:ext cx="3515558" cy="1109708"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeRoundRectCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val 41698"/>
               <a:gd name="adj2" fmla="val 159752"/>
               <a:gd name="adj3" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -7424,114 +7317,130 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>Reinlav er en type </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>busklav</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Speech Bubble: Rectangle with Corners Rounded 8">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90677DFA-AF4E-6EF6-7CBC-9FA7B1C38756}"/>
+          <p:cNvPr id="11" name="Speech Bubble: Rectangle with Corners Rounded 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{846A87AD-29B3-3DDC-554A-4DE480147B01}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1723550"/>
             <a:ext cx="3929074" cy="1109708"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeRoundRectCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val -65239"/>
               <a:gd name="adj2" fmla="val 100366"/>
               <a:gd name="adj3" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent4"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent4"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Det heter reinlav fordi det ligner på geviret til reinsdyret.</a:t>
-[...9 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EFF8ED7-6B13-3F28-DF0D-3F73B097C72D}"/>
+              <a:t>Det heter reinlav fordi det </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ligner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> på geviret til reinsdyret.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Speech Bubble: Rectangle with Corners Rounded 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A6382B2-5EED-7B1C-D7D6-AC2287C862F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6306027" y="4828591"/>
             <a:ext cx="3929074" cy="1109708"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeRoundRectCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val 59260"/>
               <a:gd name="adj2" fmla="val 98356"/>
               <a:gd name="adj3" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -7559,54 +7468,54 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Lav består egentlig av </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>to arter (symbiose).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Speech Bubble: Rectangle with Corners Rounded 8">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8A9AB33-670D-A581-FABA-ADB883E20480}"/>
+          <p:cNvPr id="13" name="Speech Bubble: Rectangle with Corners Rounded 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69B14267-9829-6007-FAD0-028AEE2DC502}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5460191" y="1611470"/>
             <a:ext cx="3929074" cy="1109708"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeRoundRectCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val 59260"/>
               <a:gd name="adj2" fmla="val 98356"/>
               <a:gd name="adj3" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -7650,54 +7559,54 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> tyder </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>på ren luft.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Speech Bubble: Rectangle with Corners Rounded 8">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94F823F8-2C6B-E3FB-8A3B-703F3B8CD15E}"/>
+          <p:cNvPr id="14" name="Speech Bubble: Rectangle with Corners Rounded 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45992826-BE4F-F615-652F-736457733E4D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7120195" y="3332352"/>
             <a:ext cx="3929074" cy="1109708"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeRoundRectCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val 59260"/>
               <a:gd name="adj2" fmla="val 98356"/>
               <a:gd name="adj3" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -7723,1211 +7632,1521 @@
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Lav vokser ofte mer </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>enn 10 cm i året.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17DFADEA-9FA1-8D7D-BE5A-003274E34439}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Fleip eller fakta om lav </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Speech Bubble: Rectangle with Corners Rounded 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3F5CFAD-8C36-1FB5-B763-8B0AC3272EB4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="595701" y="4952397"/>
+            <a:ext cx="3929074" cy="1109708"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 59260"/>
+              <a:gd name="adj2" fmla="val 98356"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C00000"/>
+          </a:solidFill>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent2"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent2"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Det finnes ca. 5000 </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>forskjellige lavarter i Norge.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Speech Bubble: Rectangle with Corners Rounded 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{595FE74A-02D9-0378-79C5-87FFC2679E9B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2101768" y="3416428"/>
+            <a:ext cx="3515558" cy="1109708"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 41698"/>
+              <a:gd name="adj2" fmla="val 159752"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6">
+              <a:lumMod val="75000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent4"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent4"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Reinlav er en type </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>busklav</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Speech Bubble: Rectangle with Corners Rounded 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCAD7809-5B92-7145-0D91-ED87A3C0D9A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1729900"/>
+            <a:ext cx="3929074" cy="1109708"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -65239"/>
+              <a:gd name="adj2" fmla="val 100366"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C00000"/>
+          </a:solidFill>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent2"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent2"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Det heter reinlav fordi det ligner på geviret til reinsdyret.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Speech Bubble: Rectangle with Corners Rounded 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91CADF5F-2E5F-2718-7A7C-5B5B4815DCFD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6305124" y="4826015"/>
+            <a:ext cx="3929074" cy="1109708"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 59260"/>
+              <a:gd name="adj2" fmla="val 98356"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6">
+              <a:lumMod val="75000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent4"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent4"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Lav består egentlig av </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>to arter (symbiose).</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Speech Bubble: Rectangle with Corners Rounded 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3CD37AB-E70D-0C8C-40B1-B27B3EE69EF9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5460191" y="1607546"/>
+            <a:ext cx="3929074" cy="1109708"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 59260"/>
+              <a:gd name="adj2" fmla="val 98356"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6">
+              <a:lumMod val="75000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent4"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent4"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mye </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>skjegglav</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> tyder </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>på ren luft.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Speech Bubble: Rectangle with Corners Rounded 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E8AC096-EAEC-B606-AD51-D1EBB80F2436}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7109018" y="3329776"/>
+            <a:ext cx="3929074" cy="1109708"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 59260"/>
+              <a:gd name="adj2" fmla="val 98356"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C00000"/>
+          </a:solidFill>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent2"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent2"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Lav vokser ofte mer </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>enn 10 cm i året.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Grafikk 15" descr="Tommelen-opp-tegn med heldekkende fyll">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D66518BB-C60F-2EFA-7CAE-C26A08544921}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9073555" y="1363938"/>
+            <a:ext cx="474515" cy="474515"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="18" name="Grafikk 17" descr="Tommel ned med heldekkende fyll">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E552B445-4EF7-8910-D4FE-6586B6406B3D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4472449" y="1597277"/>
+            <a:ext cx="474515" cy="474515"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="19" name="Grafikk 18" descr="Tommel ned med heldekkende fyll">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3628EB0E-A29E-8738-9137-9DF134F0D8A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10750315" y="3191742"/>
+            <a:ext cx="474515" cy="474515"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Grafikk 19" descr="Tommel ned med heldekkende fyll">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B35B96A4-5AC7-59B1-A7D7-2A41686EDBBA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4235191" y="4786208"/>
+            <a:ext cx="474515" cy="474515"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="21" name="Grafikk 20" descr="Tommelen-opp-tegn med heldekkende fyll">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D771948-A0C4-E578-6FA4-48E56C284016}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5284577" y="3177264"/>
+            <a:ext cx="474515" cy="474515"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Grafikk 21" descr="Tommelen-opp-tegn med heldekkende fyll">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{640239A0-162E-883F-8998-95C92A6F2B77}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9906235" y="4597341"/>
+            <a:ext cx="474515" cy="474515"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="6834854"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1954260984"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="6"/>
+                                          <p:spTgt spid="11"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="7" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="8" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="10" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="5"/>
+                                          <p:spTgt spid="13"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="11" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="12" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="14" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="4"/>
+                                          <p:spTgt spid="8"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="15" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="16" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="18" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="9"/>
+                                          <p:spTgt spid="14"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="19" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="20" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="22" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="10"/>
+                                          <p:spTgt spid="3"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="23" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="24" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="26" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="27" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="28" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="30" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="6"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="31" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="32" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="18"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="33" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="34" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="35" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="36" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="37" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="38" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="39" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="40" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="41" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="42" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="43" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="44" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="21"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="45" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="46" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="47" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="48" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="49" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="50" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="19"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="51" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="52" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="53" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="54" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="55" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="56" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="20"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="57" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="58" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="59" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="60" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
                                           <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="61" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="62" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
-      <p:bldP spid="4" grpId="0" animBg="1"/>
-[...849 lines deleted...]
-    <p:bldLst>
+      <p:bldP spid="3" grpId="0" animBg="1"/>
+      <p:bldP spid="8" grpId="0" animBg="1"/>
+      <p:bldP spid="11" grpId="0" animBg="1"/>
+      <p:bldP spid="12" grpId="0" animBg="1"/>
+      <p:bldP spid="13" grpId="0" animBg="1"/>
+      <p:bldP spid="14" grpId="0" animBg="1"/>
       <p:bldP spid="4" grpId="0" animBg="1"/>
       <p:bldP spid="5" grpId="0" animBg="1"/>
       <p:bldP spid="6" grpId="0" animBg="1"/>
       <p:bldP spid="7" grpId="0" animBg="1"/>
       <p:bldP spid="9" grpId="0" animBg="1"/>
       <p:bldP spid="10" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -11013,217 +11232,217 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3817310" y="0"/>
             <a:ext cx="4557380" cy="1125102"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
               <a:t>Hva er egentlig lav?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Online Media 5" title="Kort om lav">
+          <p:cNvPr id="3" name="Media på Internett 2" title="Kort om lav">
             <a:hlinkClick r:id="" action="ppaction://media"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{302A521D-F57A-6B41-A0E6-AEF55754B17B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E70D11-AB7F-5E5E-26C5-C1429BE5A6E4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noRot="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <a:videoFile r:link="rId1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1293812" y="1231185"/>
-            <a:ext cx="9604375" cy="5410915"/>
+            <a:off x="1578458" y="1459699"/>
+            <a:ext cx="9035084" cy="5090188"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4275288198"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="5" presetID="1" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:cmd type="call" cmd="playFrom(0.0)">
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold"/>
                                         <p:tgtEl>
-                                          <p:spTgt spid="6"/>
+                                          <p:spTgt spid="3"/>
                                         </p:tgtEl>
                                       </p:cBhvr>
                                     </p:cmd>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
             <p:video>
               <p:cMediaNode vol="80000">
                 <p:cTn id="7" fill="hold" display="0">
                   <p:stCondLst>
                     <p:cond delay="indefinite"/>
                   </p:stCondLst>
                 </p:cTn>
                 <p:tgtEl>
-                  <p:spTgt spid="6"/>
+                  <p:spTgt spid="3"/>
                 </p:tgtEl>
               </p:cMediaNode>
             </p:video>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="8" restart="whenNotActive" fill="hold" evtFilter="cancelBubble" nodeType="interactiveSeq">
                 <p:stCondLst>
                   <p:cond evt="onClick" delay="0">
                     <p:tgtEl>
-                      <p:spTgt spid="6"/>
+                      <p:spTgt spid="3"/>
                     </p:tgtEl>
                   </p:cond>
                 </p:stCondLst>
                 <p:endSync evt="end" delay="0">
                   <p:rtn val="all"/>
                 </p:endSync>
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="9" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="0"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="10" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="11" presetID="2" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:cmd type="call" cmd="togglePause">
                                       <p:cBhvr>
                                         <p:cTn id="12" dur="1" fill="hold"/>
                                         <p:tgtEl>
-                                          <p:spTgt spid="6"/>
+                                          <p:spTgt spid="3"/>
                                         </p:tgtEl>
                                       </p:cBhvr>
                                     </p:cmd>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:nextCondLst>
                 <p:cond evt="onClick" delay="0">
                   <p:tgtEl>
-                    <p:spTgt spid="6"/>
+                    <p:spTgt spid="3"/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -12647,103 +12866,108 @@
 </a:theme>
 </file>
 
 <file path=ppt/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml"/></Relationships>
 </file>
 
 <file path=ppt/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
 <wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
   <wetp:taskpane dockstate="right" visibility="0" width="350" row="0">
     <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </wetp:taskpane>
 </wetp:taskpanes>
 </file>
 
 <file path=ppt/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
 <we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{D38A5386-EC1B-415A-BE9A-E91EB7561298}">
   <we:reference id="ccb69c04-6fc1-4565-8d96-d9222a296c86" version="1.14.0.0" store="EXCatalog" storeType="EXCatalog"/>
   <we:alternateReferences/>
   <we:properties/>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{463b6811-b0a4-4b2a-b932-72c4c970c5d2}" enabled="0" method="" siteId="{463b6811-b0a4-4b2a-b932-72c4c970c5d2}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1145</Words>
+  <Words>1139</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>117</Paragraphs>
-[...1 lines deleted...]
-  <Notes>10</Notes>
+  <Paragraphs>115</Paragraphs>
+  <Slides>15</Slides>
+  <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>1</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Brukte skrifter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Lysbildetitler</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
+    <vt:vector size="20" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Hvor finner vi lav?</vt:lpstr>
       <vt:lpstr>Lav deles inn i tre grupper </vt:lpstr>
       <vt:lpstr>Busklav</vt:lpstr>
       <vt:lpstr>Bladlav</vt:lpstr>
       <vt:lpstr>Skorpelav</vt:lpstr>
       <vt:lpstr>Fleip eller fakta om lav </vt:lpstr>
       <vt:lpstr>Hva er egentlig lav?</vt:lpstr>
       <vt:lpstr>Er lav vanlig?</vt:lpstr>
       <vt:lpstr>Hvor vokser lav?</vt:lpstr>
       <vt:lpstr>Tradisjonell kunnskap</vt:lpstr>
       <vt:lpstr>Tradisjonell kunnskap: Ulvelav</vt:lpstr>
       <vt:lpstr>Tradisjonell kunnskap: Reinlav</vt:lpstr>
       <vt:lpstr>Kart over beiteområder</vt:lpstr>
       <vt:lpstr>Hvorfor reinsdyrene beiter på ulike områder sommer og vinter</vt:lpstr>
-      <vt:lpstr>Fleip eller fakta om lav </vt:lpstr>
       <vt:lpstr>Fleip eller fakta om lav </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Berit Reitan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>