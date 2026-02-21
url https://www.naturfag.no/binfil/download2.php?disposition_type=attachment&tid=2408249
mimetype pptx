--- v0 (2025-12-16)
+++ v1 (2026-02-21)
@@ -27,51 +27,50 @@
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId9"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="392" r:id="rId2"/>
     <p:sldId id="422" r:id="rId3"/>
     <p:sldId id="257" r:id="rId4"/>
     <p:sldId id="425" r:id="rId5"/>
     <p:sldId id="426" r:id="rId6"/>
@@ -437,227 +436,94 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="16846" autoAdjust="0"/>
     <p:restoredTop sz="86460" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="85" d="100"/>
-          <a:sy n="85" d="100"/>
+          <a:sx n="101" d="100"/>
+          <a:sy n="101" d="100"/>
         </p:scale>
-        <p:origin x="96" y="282"/>
+        <p:origin x="888" y="108"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
-[...132 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
@@ -7282,51 +7148,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{48571B2A-119E-469B-8351-17B53581368C}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbilde 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -7638,96 +7504,51 @@
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...44 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plasshaldar for lysbiletnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E17B9F96-F8F7-4AF2-B379-C3E7C67B2A19}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
@@ -7767,62 +7588,51 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...10 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="nb-NO" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E17B9F96-F8F7-4AF2-B379-C3E7C67B2A19}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
@@ -7862,62 +7672,51 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...10 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="nb-NO" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E17B9F96-F8F7-4AF2-B379-C3E7C67B2A19}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
@@ -7957,122 +7756,51 @@
           <p:cNvPr id="2" name="Plasshaldar for lysbilete 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plasshaldar for notat 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...70 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="nb-NO" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plasshaldar for lysbiletnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E17B9F96-F8F7-4AF2-B379-C3E7C67B2A19}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
@@ -8112,113 +7840,50 @@
           <p:cNvPr id="2" name="Plasshaldar for lysbilete 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plasshaldar for notat 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...61 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plasshaldar for lysbiletnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E17B9F96-F8F7-4AF2-B379-C3E7C67B2A19}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
@@ -8263,58 +7928,50 @@
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" strike="noStrike" noProof="0" dirty="0"/>
               <a:t>Samer har tradisjonelt brukt sang til å uttrykke ulike dyr, naturtyper eller mennesker. Joik er en tradisjonell måte å synge på, og den synges alltid uten å bruke instrumenter ved siden av. </a:t>
             </a:r>
-          </a:p>
-[...6 lines deleted...]
-          <a:p>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" noProof="0" dirty="0"/>
               <a:t>Nå skal dere få høre to dyrejoiker. Greier dere å gjette hvilke dyr joikene handler om? Er det: reinsdyr</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" b="1" kern="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Boazu</a:t>
             </a:r>
             <a:r>
@@ -8470,57 +8127,52 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" noProof="0" dirty="0"/>
-              <a:t>Avslutt med å øve på den </a:t>
+              <a:t>Avslutt med å øve på den samiske elle-regla</a:t>
             </a:r>
-            <a:r>
-[...3 lines deleted...]
-            <a:endParaRPr lang="nb-NO" noProof="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://result.uit.no/reaidu/ressurser/aktiviteter/riebangardi/</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -8755,51 +8407,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere undertittelstil i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CF663E5D-12D9-4517-8C01-F7C95DF22AFA}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8923,51 +8575,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{54448A5F-1B58-46CC-AD4E-7190AF90AE4E}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9101,51 +8753,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DD6CA32F-C906-495A-A8C6-AEA89270EF6F}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9269,51 +8921,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6436A03-7491-4FEA-AD04-F43A6B3B8EF1}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9514,51 +9166,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tekststiler i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B200689-F130-4FB5-BBC2-30CD76A681C6}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9799,51 +9451,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for dato 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6583B15A-6988-43C6-8A00-5B24567D8A7D}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10218,51 +9870,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Plassholder for dato 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{956EE64A-EE14-42AC-A124-2DFCDDF8F81B}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Plassholder for bunntekst 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10335,51 +9987,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tittelstil</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for dato 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE8D6EB1-438F-4390-9C4D-A52425DDCF60}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for bunntekst 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10494,51 +10146,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Plassholder for dato 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A3BC44D6-BFFE-4CB8-AEB5-F3227CF46820}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for bunntekst 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10770,51 +10422,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tekststiler i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for dato 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{729A1CB4-5DC3-4849-981A-695630BAB05B}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -11022,51 +10674,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tekststiler i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for dato 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8AADE483-D001-4374-9E54-E282C43BF9A2}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -11243,51 +10895,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="609600" y="6356351"/>
             <a:ext cx="2844800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{43BF7E07-A901-4F50-A3FD-51500362F0EB}" type="datetime1">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>20.11.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4165600" y="6356351"/>
             <a:ext cx="3860800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -14932,86 +14584,85 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Retrospect</Template>
   <TotalTime></TotalTime>
-  <Words>513</Words>
+  <Words>197</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>58</Paragraphs>
+  <Paragraphs>47</Paragraphs>
   <Slides>7</Slides>
   <Notes>7</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Brukte skrifter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Lysbildetitler</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
+    <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>G-font</vt:lpstr>
       <vt:lpstr>Office-tema</vt:lpstr>
       <vt:lpstr>riebangardi</vt:lpstr>
       <vt:lpstr>Hare - njoammil</vt:lpstr>
       <vt:lpstr>Fire årstider</vt:lpstr>
       <vt:lpstr>Kalenderens fire årstider</vt:lpstr>
       <vt:lpstr>Åtte årstider i samisk kultur</vt:lpstr>
       <vt:lpstr>Samisk kultur og joik</vt:lpstr>
       <vt:lpstr>Elle-regler</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universitetet i Oslo</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint-presentasjon</dc:title>
   <dc:creator>Øystein Sørborg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>