--- v0 (2025-11-05)
+++ v1 (2026-02-17)
@@ -1,103 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId13"/>
+    <p:notesMasterId r:id="rId14"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="329" r:id="rId2"/>
     <p:sldId id="336" r:id="rId3"/>
     <p:sldId id="332" r:id="rId4"/>
     <p:sldId id="358" r:id="rId5"/>
-    <p:sldId id="361" r:id="rId6"/>
-[...5 lines deleted...]
-    <p:sldId id="362" r:id="rId12"/>
+    <p:sldId id="365" r:id="rId6"/>
+    <p:sldId id="361" r:id="rId7"/>
+    <p:sldId id="351" r:id="rId8"/>
+    <p:sldId id="348" r:id="rId9"/>
+    <p:sldId id="359" r:id="rId10"/>
+    <p:sldId id="352" r:id="rId11"/>
+    <p:sldId id="357" r:id="rId12"/>
+    <p:sldId id="362" r:id="rId13"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="nb-NO"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -255,91 +257,91 @@
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{4DE3FE35-36C1-43C1-9E3C-DA1F010A6923}" v="252" dt="2024-09-18T13:45:24.344"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="30826" autoAdjust="0"/>
     <p:restoredTop sz="88256" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="65" d="100"/>
-          <a:sy n="65" d="100"/>
+          <a:sx n="71" d="100"/>
+          <a:sy n="71" d="100"/>
         </p:scale>
-        <p:origin x="116" y="56"/>
+        <p:origin x="84" y="624"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-168"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -384,51 +386,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{DA1B7FDD-528D-47C5-8054-40D30C210A7B}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -665,63 +667,63 @@
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/yqHiShYGkZQ" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -1055,51 +1057,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9667E091-2504-4499-A49A-C966FD9579DD}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>5</a:t>
+              <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3376384376"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1139,51 +1141,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9667E091-2504-4499-A49A-C966FD9579DD}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>8</a:t>
+              <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1915701922"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1232,51 +1234,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" noProof="0" dirty="0"/>
               <a:t>Astronautene får tilbake sin vanlige høyde (krymper), etter en tid nede på jorda igjen. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9667E091-2504-4499-A49A-C966FD9579DD}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>9</a:t>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3343837194"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1316,51 +1318,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9667E091-2504-4499-A49A-C966FD9579DD}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>10</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3809997866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -1510,51 +1512,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1680,51 +1682,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1860,51 +1862,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2030,51 +2032,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2276,51 +2278,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2508,51 +2510,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2875,51 +2877,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2993,51 +2995,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3088,51 +3090,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3365,51 +3367,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3618,51 +3620,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3835,51 +3837,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.09.2025</a:t>
+              <a:t>16.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -4228,87 +4230,91 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=TiUvXmRDwEQ" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=TiUvXmRDwEQ" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/yqHiShYGkZQ" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -4842,50 +4848,588 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="359577741"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rectangle 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04812C46-200A-4DEB-A05E-3ED6C68C2387}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1" y="0"/>
+            <a:ext cx="12188952" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5" descr="An astronaut in space above the earth&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C271A7B-8DBB-6D51-BF32-B64590FA5B76}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect r="3769" b="1"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="9"/>
+            <a:ext cx="9980026" cy="7078123"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rectangle 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1EA859B-E555-4109-94F3-6700E046E008}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="5125019" y="0"/>
+            <a:ext cx="7066978" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="48000">
+                <a:schemeClr val="bg1"/>
+              </a:gs>
+              <a:gs pos="35000">
+                <a:schemeClr val="bg1">
+                  <a:alpha val="77000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="19000">
+                <a:schemeClr val="bg1">
+                  <a:alpha val="38000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="0">
+                <a:schemeClr val="bg1">
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg1"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="10800000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1E08EB7-6DA7-63AA-7A28-0296D7D05F12}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7531610" y="365125"/>
+            <a:ext cx="3822189" cy="1899912"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="4000" dirty="0"/>
+              <a:t>Visste du at …</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Speech Bubble: Oval 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E9B6458-B4F3-F803-4C58-3B60D0E53C43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7168443" y="3521515"/>
+            <a:ext cx="4850765" cy="1987463"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeEllipseCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -1581"/>
+              <a:gd name="adj2" fmla="val -77505"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="305D98"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" rIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Det er fordi dei små lommene mellom ryggvirvlane ikkje blir pressa saman slik dei gjer nede på jorda.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Speech Bubble: Oval 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB08ADAE-93EE-6570-FB0D-B36D49C9EC2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="880533" y="4680220"/>
+            <a:ext cx="4074744" cy="1485961"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeEllipseCallout">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="0070C0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kva meir undersøkjer astronautane mens dei er på romstasjonen?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7284719" y="2011680"/>
+            <a:ext cx="4554013" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Astronautar kan bli fleire centimeter lengre mens dei er i verdsrommet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2829572649"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main">
+    <mc:Choice Requires="p159">
+      <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="2000">
+        <p159:morph option="byObject"/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="slow">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="7" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="8" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="10" grpId="0" animBg="1"/>
+      <p:bldP spid="3" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C63DE2B4-8EB2-915B-0E6A-072BA1DDF44A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -5153,51 +5697,51 @@
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="nn-NO" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3870840088"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EA10449-C806-6722-AE2D-D5BDF5DBA2EA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6272,50 +6816,425 @@
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="nn-NO"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1768910950"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4" descr="Astronaut utenfor romstasjonen med jorda i bakgrunnen.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EDD88EE-176D-7579-8849-C07A80B0078B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="19"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="20" y="1282"/>
+            <a:ext cx="12191980" cy="6856718"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{145F73AF-A8CA-9557-8C33-13805992F47B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="220478" y="179574"/>
+            <a:ext cx="7196322" cy="1899912"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Kvifor kjenner vi ikkje tyngdekraf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> når vi er i fritt fall?</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="4000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:glow rad="101600">
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="20000"/>
+                    <a:lumOff val="80000"/>
+                    <a:alpha val="60000"/>
+                  </a:schemeClr>
+                </a:glow>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA02B7ED-A082-CF1D-7499-4EF6F05A63D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="218954" y="1975556"/>
+            <a:ext cx="6947966" cy="4030134"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fritt fall betyr at vi fell heile tida (på grunn av tyngdekrafta), men vi merker det ikkje, fordi alt anna rundt oss fell også. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dette kan samanliknast med at vi opplever at vi er i ro inne i eit fly, sjølv om det går fort framover. Fordi alt rundt oss går like fort framover. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Når det flyet er eit romskip som ikkje går framover med konstant fart, men heile tida fell nedover i fritt fall, kjennast det ut som om tyngdekrafta er borte.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3114655347"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp useBgFill="1">
         <p:nvSpPr>
           <p:cNvPr id="25" name="Rectangle 24">
@@ -6382,51 +7301,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA1420B2-4C09-27FD-DB16-B85C0812A313}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="23314" b="23314"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3240910" y="10"/>
-            <a:ext cx="8951087" cy="6857990"/>
+            <a:ext cx="9266605" cy="6857990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="Rectangle 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1EA859B-E555-4109-94F3-6700E046E008}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
@@ -6494,51 +7413,51 @@
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCD474C2-ADF4-4E33-AFEA-FAAC1DA17FB4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="391166" y="365125"/>
-            <a:ext cx="3822189" cy="1899912"/>
+            <a:ext cx="5149546" cy="1899912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nn-NO" sz="4000" dirty="0"/>
               <a:t>K</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="4000" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>va skjer med kroppen i verdsrommet?</a:t>
             </a:r>
             <a:endParaRPr lang="nn-NO" sz="4000" dirty="0">
               <a:effectLst>
                 <a:glow rad="101600">
                   <a:schemeClr val="accent1">
                     <a:lumMod val="20000"/>
                     <a:lumOff val="80000"/>
                     <a:alpha val="60000"/>
@@ -6546,93 +7465,334 @@
                 </a:glow>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09BDDDE6-7A53-DDB7-253A-E00D907D9668}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="414526" y="2425963"/>
-            <a:ext cx="3696675" cy="3742762"/>
+            <a:ext cx="5529074" cy="4066912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
-              <a:t>I verdsrommet vil ikkje balanseorganet i øyret verke som det skal.   </a:t>
+              <a:t>Når vi er på jorda bruker balansenervane i øyret tyngdekrafta til å finne ut kva som er opp og ned. I tillegg får vi også informasjon gjennom synet. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
-              <a:t>Astronautar blir derfor ofte svimle når dei kjem tilbake til jorda, og må trene opp balansen. </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="nn-NO" sz="2000" dirty="0"/>
+              <a:t>I vektlaus tilstand merker ikkje balansenervane tyngdekrafta lenger, og hjernen blir forvirra. Etter ei stund vil hjernen berre bruke synet til å orientere seg.    </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Når astronautane kjem tilbake til jorda, bruker hjernen litt tid på å tilpasse seg signala frå balansenervane igjen. Dei blir svimle og mistar ofte balansen. Derfor må astronautane trene balanseøvingar. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Snakkeboble: oval 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94458256-FAB3-52EE-166C-BB8D652F641B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9063319" y="793102"/>
+            <a:ext cx="2913078" cy="1810139"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeEllipseCallout">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="305D98"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" rIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>Har du vore om </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nn-NO" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>bord i båt og opplevd å bli svimmel/ustø når du kjem på land igjen?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Snakkeboble: oval 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{244B8AD0-4EDF-AED4-D8F4-4E5A10CE0CB3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8864397" y="3110204"/>
+            <a:ext cx="2913078" cy="1810139"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeEllipseCallout">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="305D98"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" rIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>Det liknar på kjensla astronautane får når dei kjem tilbake </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nn-NO" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>til jorda.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="47669515"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="7" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="8" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="1500"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="4" grpId="0" animBg="1"/>
+      <p:bldP spid="5" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -6742,51 +7902,59 @@
           <a:xfrm>
             <a:off x="762000" y="2551176"/>
             <a:ext cx="4319286" cy="3591207"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
               <a:t>Jobb i par.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
-              <a:t>Den eine skal stå med armane ned langs sida og prøve å presse armane oppover, mens den andre held igjen i 10 sekund. </a:t>
+              <a:t>Den eine skal stå med armane ned langs sida og prøve å presse armane oppover, mens den andre held igjen </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200"/>
+              <a:t>i 30 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>sekund. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
               <a:t>Kva skjer når armane blir «slopne fri»?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
               <a:t>Bytt roller og gjenta.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Content Placeholder 4" descr="A group of bubbles in the air&#10;&#10;Description automatically generated">
@@ -6813,51 +7981,51 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5650992" y="10"/>
             <a:ext cx="6541008" cy="6857990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2473953217"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp useBgFill="1">
@@ -7090,155 +8258,167 @@
           <a:xfrm>
             <a:off x="7531610" y="2434201"/>
             <a:ext cx="3822189" cy="3742762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
               <a:t>De opplevde no kjensla av at armane var «vektlause». Det kan likne kjensla astronautane har når dei er på romstasjonen.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
-              <a:t>Når astronautane kjem tilbake til jorda, kjennes kvar rørsle veldig tung, heilt til dei har vendt seg til tyngdekrafta </a:t>
+              <a:t>Når astronautane kjem tilbake til jorda, kjennes kvar rørsle veldig tung, heilt til dei har vendt seg til tyngdekrafta på vanleg måte </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2000" dirty="0"/>
               <a:t>igjen.  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="nn-NO" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4132395419"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="3">
                                             <p:txEl>
                                               <p:pRg st="1" end="1"/>
                                             </p:txEl>
                                           </p:spTgt>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Content Placeholder 7" descr="A person doing a hand stand on a rock&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{610DE139-4EA6-28C5-4312-5D44AC83EEE9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -7467,588 +8647,50 @@
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="5" grpId="0" animBg="1"/>
-    </p:bldLst>
-[...536 lines deleted...]
-      <p:bldP spid="3" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -8541,93 +9183,94 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{463b6811-b0a4-4b2a-b932-72c4c970c5d2}" enabled="0" method="" siteId="{463b6811-b0a4-4b2a-b932-72c4c970c5d2}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>451</Words>
+  <Words>656</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>45</Paragraphs>
-  <Slides>11</Slides>
+  <Paragraphs>52</Paragraphs>
+  <Slides>12</Slides>
   <Notes>7</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Brukte skrifter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Lysbildetitler</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="17" baseType="lpstr">
+    <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>__Roboto_9cc70f</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Korleis trenar astronautar etter ei romferd?</vt:lpstr>
       <vt:lpstr>Kvifor trene?</vt:lpstr>
       <vt:lpstr>Kvifor er det viktig for astronautar å trene opp balansen igjen?</vt:lpstr>
       <vt:lpstr>Kva er mikrogravitasjon («vektlausheit»)?</vt:lpstr>
+      <vt:lpstr>Kvifor kjenner vi ikkje tyngdekrafta når vi er i fritt fall?</vt:lpstr>
       <vt:lpstr>Kva skjer med kroppen i verdsrommet?</vt:lpstr>
       <vt:lpstr>Korleis er kjensla av å vere vektlaus?</vt:lpstr>
       <vt:lpstr>Tyngdekrafta trekkjer oss ned mot jorda</vt:lpstr>
       <vt:lpstr>Korleis kan vi trene balanse?</vt:lpstr>
       <vt:lpstr>Visste du at …</vt:lpstr>
       <vt:lpstr>Forsking i på romstasjonen</vt:lpstr>
       <vt:lpstr>Kva er det viktigaste eller mest spennande du har lært i denne økta?</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universitetet i Oslo</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Livsløpsanalyse</dc:title>
   <dc:creator>Berit Reitan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>