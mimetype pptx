--- v0 (2025-10-03)
+++ v1 (2025-12-05)
@@ -368,63 +368,63 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="34557" autoAdjust="0"/>
     <p:restoredTop sz="86420" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="67" d="100"/>
-          <a:sy n="67" d="100"/>
+          <a:sx n="82" d="100"/>
+          <a:sy n="82" d="100"/>
         </p:scale>
-        <p:origin x="84" y="606"/>
+        <p:origin x="114" y="432"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
@@ -509,51 +509,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B6E8A1E5-192D-4A5D-97D8-897AC4708D5A}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>24.02.2025</a:t>
+              <a:t>09.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbilde 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1230,51 +1230,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:alpha val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{11A6662E-FAF4-44BC-88B5-85A7CBFB6D30}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F221974-7DEC-459D-9642-CB5B59C82771}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -1459,51 +1459,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63905B1B-77FE-4BFC-BF87-87DA989F0082}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4C559632-1575-4E14-B53B-3DC3D5ED3947}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3118531E-1B90-4631-BD37-4BB1DBFABF44}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1669,51 +1669,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4DC126F-38E2-4425-861F-98ED432284BA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC4A6868-2568-4CC9-B302-F37117B01A6E}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA9645D8-F22A-4354-A8B3-96E8A2D232AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1874,51 +1874,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E864CF5-F681-40C2-88CC-E02206C9CECB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0055F08A-1E71-4B2B-BB49-E743F2903911}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82C04753-4FE4-4A6F-99BB-CFFC92E0CD06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2148,51 +2148,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2102990E-9F0A-446A-B5B8-459CA8D98D92}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{15417D9E-721A-44BB-8863-9873FE64DA75}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89E68EAA-4377-45FF-9D7C-9E77BC9F275D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2421,51 +2421,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55B56FDA-C47A-4F4A-A364-BA60A25AB90A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F31DA2F-80B8-49CF-99FB-5ABCA53A607A}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7326D8DD-6D84-44D4-8A1B-57615B3ED835}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2836,51 +2836,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3793CB55-E9C1-4CE6-9B61-81B71475B960}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{28852172-E6C9-4B6C-929A-A9DE3837BBF1}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DF22318-747B-4EC9-862C-D9FD488CCCE9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2988,51 +2988,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B83523B8-51E3-48B8-BFD8-CE950619804E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="458693" y="6416675"/>
             <a:ext cx="2921715" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3AB41CFF-90C9-47B3-9DA1-F2BF8D839F7E}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D739B90-5D50-4424-B51D-53C391621869}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3101,51 +3101,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72933BE2-665A-42DA-A3B7-835F81A3F46B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F06048FA-06AB-4884-A69B-986B96E68A24}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{634DBCBD-AD42-432D-ABA9-20D616AF3ED7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3414,51 +3414,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0113850F-5C87-4F08-9658-EAF049B60EB0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{50DB7ABA-0172-4F9C-889D-567164F66BCD}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{210BCE9A-A746-4439-B5D3-966FBC8E5FC2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3707,51 +3707,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9605AD5B-0DEA-4C6F-94D2-FAA99F2E5DA9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{78AC6A5B-8AE7-4A41-B5A7-9ADC6686DC18}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0DC6744-7CBA-4A1D-8F87-10699F9812F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4022,51 +4022,51 @@
             <a:off x="458694" y="6416675"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:alpha val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{57E0CF6C-748E-4B7A-BC8B-3011EF78ED13}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2/24/2025</a:t>
+              <a:t>11/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAB0A1F1-38FE-4C27-81E6-A43A54793FC3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6416675"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -4673,58 +4673,58 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>Utfylt tabell</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Plassholder for innhold 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CE87AA2-506E-8AEB-3081-6D199D4B54B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="107370004"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="509831269"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="346493" y="669112"/>
-          <a:ext cx="11396328" cy="4769162"/>
+          <a:ext cx="11396328" cy="4824000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" firstCol="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1062324">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="591053172"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1613935">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3918326672"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1758468">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -4739,51 +4739,51 @@
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1642649">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3361531948"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1726140">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1394929510"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1818688">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="670397080"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="469861">
+              <a:tr h="475264">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2100" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
@@ -4929,83 +4929,83 @@
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2100">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Stær</a:t>
                       </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1100">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l">
+                      <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Gråtrost</a:t>
                       </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3453679026"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="1522050">
+              <a:tr h="1539552">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Spor</a:t>
                       </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
@@ -5137,1321 +5137,1094 @@
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:endParaRPr lang="nb-NO" sz="1500">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1946680309"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="478093">
+              <a:tr h="483590">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2100" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Post 1</a:t>
                       </a:r>
                       <a:endParaRPr lang="nb-NO" sz="2100" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
-                    </a:p>
-[...54 lines deleted...]
-                      </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="21399884"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="470694">
+              <a:tr h="476106">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2100" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Post 2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="368742752"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="454033">
+              <a:tr h="459253">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2100" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Post 3</a:t>
                       </a:r>
                       <a:endParaRPr lang="nb-NO" sz="2100" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...377 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2325926426"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="460684">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:rPr lang="nb-NO" sz="2100" b="1" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>x </a:t>
+                        <a:t>Post 4</a:t>
                       </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3523807909"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="429552">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:rPr lang="nb-NO" sz="2100" b="1" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
                           <a:effectLst/>
-                          <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> x</a:t>
+                        <a:t>Post 5</a:t>
                       </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2075729961"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="494315">
+              <a:tr h="499999">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2100" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Post 6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                       </a:pPr>
-                      <a:r>
-[...5 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="nb-NO" sz="1600" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="65765" marR="65765" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2519896060"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Bilde 2" descr="Foto av kjøttmeis">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -6652,60 +6425,1041 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B6E5FBE-E0AF-51E7-CD90-C34F7FD0F00B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6636422" y="1413296"/>
             <a:ext cx="1483403" cy="972000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="30" name="Group 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117B55F9-0E3F-6AE2-819B-F2EA924FF8B8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5498004" y="2737423"/>
+            <a:ext cx="3776641" cy="369332"/>
+            <a:chOff x="5498004" y="2737423"/>
+            <a:chExt cx="3776641" cy="369332"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="5" name="TextBox 4">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52F416C6-5317-7B0A-E262-13EBD10DB507}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5498004" y="2737423"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="TextBox 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9376B5A9-9CB4-0DC1-3FD3-89F7910225BA}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8928075" y="2737423"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DF2DF23-2A6E-E062-DACD-76574240158B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8928075" y="5098326"/>
+            <a:ext cx="346570" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" b="1" dirty="0"/>
+              <a:t>X</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="32" name="Group 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DE147B5-1A3A-AF16-27F1-55DB010A6DF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="8928075" y="3692291"/>
+            <a:ext cx="2107054" cy="369332"/>
+            <a:chOff x="8928075" y="3692291"/>
+            <a:chExt cx="2107054" cy="369332"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="13" name="TextBox 12">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9D48AEB-7A33-8304-9F95-F0293FB3162D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8928075" y="3692291"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="TextBox 21">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D399AFBC-7F58-8BB6-1ED0-2353A1111D10}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10688559" y="3692291"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="34" name="Group 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F9094AE-3F91-2FF9-59CC-64FE78AC7B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7183352" y="4620887"/>
+            <a:ext cx="3851777" cy="369332"/>
+            <a:chOff x="7183352" y="4636653"/>
+            <a:chExt cx="3851777" cy="369332"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="TextBox 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFDF453A-13DC-1C06-9574-0A4844BF8549}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8928075" y="4636653"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="TextBox 23">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85EC047D-66E6-A0E7-4341-25ED90184028}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10688559" y="4636653"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="27" name="TextBox 26">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5CE6111-6DB3-EFFA-C11E-2CAD32F25E59}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7183352" y="4636653"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="33" name="Group 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47508FDA-3A64-4962-D483-898A4E86A252}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="3725438" y="4169718"/>
+            <a:ext cx="7309691" cy="369332"/>
+            <a:chOff x="3725438" y="4169718"/>
+            <a:chExt cx="7309691" cy="369332"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="TextBox 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CC9829C-9671-5A7B-0265-B5FFCBED4D0A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8928075" y="4169718"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="23" name="TextBox 22">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B37A21CE-12BA-2F6C-FC4D-F7BBB869AC5F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10688559" y="4169718"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="26" name="TextBox 25">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E0D0386-F945-2F04-DCD4-34F3D6D29C7B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7183352" y="4169718"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="28" name="TextBox 27">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C397541-D3CB-15D8-6E93-718F16FC0C86}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3725438" y="4169718"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="31" name="Group 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{772F93BE-41E0-3C5D-4B44-DF2F42619EFC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="2072483" y="3241136"/>
+            <a:ext cx="8962646" cy="369332"/>
+            <a:chOff x="2072483" y="3209604"/>
+            <a:chExt cx="8962646" cy="369332"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="TextBox 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA0577D3-41B6-6D77-C275-B0B39E1E294C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8928075" y="3209604"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="21" name="TextBox 20">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69FFA82B-50B2-DA74-17F1-BDF01113FC62}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="10688559" y="3209604"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="29" name="TextBox 28">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF2F961C-0514-6B0B-B50A-95ABA02F56BE}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2072483" y="3209604"/>
+              <a:ext cx="346570" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0"/>
+                <a:t>X</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3566146017"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="30"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="30"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="8" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="9" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="10" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="11" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="31"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="31"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="13" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="14" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="15" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="32"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="17" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="32"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="18" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="19" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="20" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="21" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="33"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="33"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="23" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="24" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="25" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="34"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="27" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="34"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="28" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="29" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="30" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="31" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="32" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="16" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -10562,65 +11316,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100CD185D6AF508974BBCDC2BC2337E6687" ma:contentTypeVersion="7" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="e30fe8a9d8cd81e61397e72146c49355">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="36b9831c-580d-453a-9a5d-89a653f28dcf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="603a651c3a543d4835b5ce56feaca5b2" ns3:_="">
     <xsd:import namespace="36b9831c-580d-453a-9a5d-89a653f28dcf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="36b9831c-580d-453a-9a5d-89a653f28dcf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -10738,100 +11477,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69652352-E017-4B4C-A334-F2CE55FDEFE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="36b9831c-580d-453a-9a5d-89a653f28dcf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E47097FC-4E10-415F-99E6-B8F575929802}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="36b9831c-580d-453a-9a5d-89a653f28dcf"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFA18857-0C2C-42A1-8812-0FC50944750B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Skimlet</Template>
   <TotalTime></TotalTime>
-  <Words>552</Words>
+  <Words>523</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>100</Paragraphs>
+  <Paragraphs>82</Paragraphs>
   <Slides>8</Slides>
   <Notes>2</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>2</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>