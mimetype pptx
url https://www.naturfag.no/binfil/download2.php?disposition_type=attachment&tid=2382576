--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -1,191 +1,179 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId32"/>
+    <p:notesMasterId r:id="rId33"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="583" r:id="rId2"/>
-[...1 lines deleted...]
-    <p:sldId id="580" r:id="rId4"/>
+    <p:sldId id="576" r:id="rId2"/>
+    <p:sldId id="580" r:id="rId3"/>
+    <p:sldId id="577" r:id="rId4"/>
     <p:sldId id="260" r:id="rId5"/>
-    <p:sldId id="559" r:id="rId6"/>
-[...24 lines deleted...]
-    <p:sldId id="618" r:id="rId31"/>
+    <p:sldId id="656" r:id="rId6"/>
+    <p:sldId id="655" r:id="rId7"/>
+    <p:sldId id="640" r:id="rId8"/>
+    <p:sldId id="641" r:id="rId9"/>
+    <p:sldId id="630" r:id="rId10"/>
+    <p:sldId id="354" r:id="rId11"/>
+    <p:sldId id="635" r:id="rId12"/>
+    <p:sldId id="380" r:id="rId13"/>
+    <p:sldId id="557" r:id="rId14"/>
+    <p:sldId id="654" r:id="rId15"/>
+    <p:sldId id="653" r:id="rId16"/>
+    <p:sldId id="642" r:id="rId17"/>
+    <p:sldId id="643" r:id="rId18"/>
+    <p:sldId id="651" r:id="rId19"/>
+    <p:sldId id="579" r:id="rId20"/>
+    <p:sldId id="644" r:id="rId21"/>
+    <p:sldId id="607" r:id="rId22"/>
+    <p:sldId id="608" r:id="rId23"/>
+    <p:sldId id="645" r:id="rId24"/>
+    <p:sldId id="634" r:id="rId25"/>
+    <p:sldId id="652" r:id="rId26"/>
+    <p:sldId id="657" r:id="rId27"/>
+    <p:sldId id="637" r:id="rId28"/>
+    <p:sldId id="649" r:id="rId29"/>
+    <p:sldId id="648" r:id="rId30"/>
+    <p:sldId id="625" r:id="rId31"/>
+    <p:sldId id="581" r:id="rId32"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
-  <p:embeddedFontLst>
-[...19 lines deleted...]
-  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="nb-NO"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -245,98 +233,97 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
+<file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
+<p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
+  <p188:author id="{D1083325-E0B0-656E-CF78-30BB164F5EC8}" name="Berit Reitan" initials="BR" userId="S::berire@uio.no::43bce2ec-33aa-41b6-ab62-07979b3a03d6" providerId="AD"/>
+  <p188:author id="{16E39A32-5759-0451-1AFD-5997AB61734E}" name="Majken Korsager" initials="MK" userId="S::majkenk@uio.no::7480f82a-d141-4bf7-bce7-4e6147f2f505" providerId="AD"/>
+</p188:authorLst>
+</file>
+
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="BBD1CC"/>
     <a:srgbClr val="285770"/>
-    <a:srgbClr val="227186"/>
-    <a:srgbClr val="F8F8F8"/>
     <a:srgbClr val="EBEBDB"/>
     <a:srgbClr val="E1EAE7"/>
     <a:srgbClr val="D6EBEE"/>
+    <a:srgbClr val="F8F8F8"/>
     <a:srgbClr val="6FBEEC"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
-</file>
-[...6 lines deleted...]
-</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{284E427A-3D55-4303-BF80-6455036E1DE7}" styleName="Temastil 1 – utheving 2">
     <a:tblBg>
       <a:fillRef idx="2">
         <a:schemeClr val="accent2"/>
       </a:fillRef>
       <a:effectRef idx="1">
         <a:schemeClr val="accent2"/>
       </a:effectRef>
     </a:tblBg>
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:lnRef idx="1">
               <a:schemeClr val="accent2"/>
@@ -3448,6311 +3435,5294 @@
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="25400" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
+  <a:tblStyle styleId="{306799F8-075E-4A3A-A7F6-7FBC6576F1A4}" styleName="Temastil 2 – utheving 3">
+    <a:tblBg>
+      <a:fillRef idx="3">
+        <a:schemeClr val="accent3"/>
+      </a:fillRef>
+      <a:effectRef idx="3">
+        <a:schemeClr val="accent3"/>
+      </a:effectRef>
+    </a:tblBg>
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3">
+                <a:tint val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3">
+                <a:tint val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3">
+                <a:tint val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent3">
+                <a:tint val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="2">
+              <a:schemeClr val="lt1"/>
+            </a:lnRef>
+          </a:left>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:right>
+            <a:lnRef idx="2">
+              <a:schemeClr val="lt1"/>
+            </a:lnRef>
+          </a:right>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:lnRef idx="2">
+              <a:schemeClr val="lt1"/>
+            </a:lnRef>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:seCell>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:left>
+          <a:top>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:seCell>
+    <a:swCell>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:right>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:swCell>
+    <a:firstRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:lnRef idx="3">
+              <a:schemeClr val="lt1"/>
+            </a:lnRef>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+    <a:neCell>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:neCell>
+  </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="13793" autoAdjust="0"/>
-    <p:restoredTop sz="93792" autoAdjust="0"/>
+    <p:restoredLeft sz="17902" autoAdjust="0"/>
+    <p:restoredTop sz="89276" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="103" d="100"/>
-          <a:sy n="103" d="100"/>
+          <a:sx n="85" d="100"/>
+          <a:sy n="85" d="100"/>
         </p:scale>
-        <p:origin x="72" y="72"/>
+        <p:origin x="1344" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
-      <p:origin x="0" y="0"/>
+      <p:origin x="0" y="-10188"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:sorterViewPr>
-[...7 lines deleted...]
-  </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId47" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId48" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/></Relationships>
-[...1293 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId38" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2">
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="accent2" pri="11200"/>
+    <dgm:cat type="accent1" pri="11500"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
-    <dgm:fillClrLst meth="repeat">
-[...4 lines deleted...]
-        <a:alpha val="0"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
       </a:schemeClr>
-    </dgm:linClrLst>
-[...31 lines deleted...]
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
   <dgm:styleLbl name="node2">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node3">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node4">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgSibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgSibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans1D1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="callout">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst0">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst2">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst3">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst4">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
-[...41 lines deleted...]
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D2">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D3">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D4">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="conFgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="trAlignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidFgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidAlignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidBgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAccFollowNode1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAccFollowNode1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAccFollowNode1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...2 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc2">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc3">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc4">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="bg1">
-        <a:lumMod val="95000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="dk1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="dkBgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="dk1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="trBgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
         <a:alpha val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=ppt/diagrams/colors2.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2">
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="accent2" pri="11200"/>
+    <dgm:cat type="accent1" pri="11500"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
-    <dgm:fillClrLst meth="repeat">
-[...4 lines deleted...]
-        <a:alpha val="0"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
       </a:schemeClr>
-    </dgm:linClrLst>
-[...31 lines deleted...]
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
   <dgm:styleLbl name="node2">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node3">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node4">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgSibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgSibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans1D1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="callout">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst0">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst2">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst3">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst4">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
-[...41 lines deleted...]
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D2">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D3">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D4">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="conFgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="trAlignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidFgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidAlignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidBgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAccFollowNode1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAccFollowNode1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAccFollowNode1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...2 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc2">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc3">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc4">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="bg1">
-        <a:lumMod val="95000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="dk1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="dkBgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="dk1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="trBgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
         <a:alpha val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=ppt/diagrams/colors3.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2">
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="accent2" pri="11200"/>
+    <dgm:cat type="accent1" pri="11500"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
-    <dgm:fillClrLst meth="repeat">
-[...4 lines deleted...]
-        <a:alpha val="0"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
       </a:schemeClr>
-    </dgm:linClrLst>
-[...31 lines deleted...]
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
   <dgm:styleLbl name="node2">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node3">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node4">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgSibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgSibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans1D1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="callout">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst0">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst2">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst3">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst4">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
-[...41 lines deleted...]
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D2">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D3">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D4">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="conFgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="trAlignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidFgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidAlignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidBgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAccFollowNode1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAccFollowNode1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAccFollowNode1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...2 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc2">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc3">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc4">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="bg1">
-        <a:lumMod val="95000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="dk1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="dkBgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="dk1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="trBgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
         <a:alpha val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
-    <dgm:pt modelId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" type="doc">
-      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList" loCatId="icon" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2" csCatId="accent2" phldr="1"/>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}">
-[...19 lines deleted...]
-    <dgm:pt modelId="{E14D2ED6-AAB8-48AA-8ECF-F058302AD909}" type="parTrans" cxnId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}">
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}" type="sibTrans" cxnId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}">
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}">
-      <dgm:prSet custT="1"/>
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr>
-[...3 lines deleted...]
-          </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-            <a:t>Hvordan fungerte spørsmålet/ problemstillinga som drivkraft? </a:t>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>B</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{DAF466D7-88EC-4A09-B6E5-64DB906F024A}" type="parTrans" cxnId="{255EA5AA-607D-4524-867C-8709FF74B5E0}">
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{C3DBDF80-71B9-448A-BF91-B6E0720416F4}" type="sibTrans" cxnId="{255EA5AA-607D-4524-867C-8709FF74B5E0}">
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" type="pres">
-      <dgm:prSet presAssocID="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" presName="root" presStyleCnt="0">
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" type="pres">
-[...43 lines deleted...]
-      <dgm:prSet presAssocID="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" presName="parTx" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="2">
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{6B0F6A9C-9E80-4BB2-A87F-7F59DBA53C42}" type="pres">
-      <dgm:prSet presAssocID="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}" presName="sibTrans" presStyleCnt="0"/>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" type="pres">
-[...38 lines deleted...]
-      <dgm:prSet presAssocID="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" presName="parTx" presStyleLbl="revTx" presStyleIdx="1" presStyleCnt="2">
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{278D1564-C026-455B-A89A-2CB584E032C6}" type="presOf" srcId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" destId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
-[...305 lines deleted...]
-    <dgm:cxn modelId="{44654DE3-A981-4F3F-9B8F-7EDC54EA2F48}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{2C25D107-F56D-4C1D-96B6-BFAD3F4474D4}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
-<file path=ppt/diagrams/data3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
-    <dgm:pt modelId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" type="doc">
-      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList" loCatId="icon" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2" csCatId="accent2" phldr="1"/>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}">
-[...31 lines deleted...]
-    <dgm:pt modelId="{E14D2ED6-AAB8-48AA-8ECF-F058302AD909}" type="parTrans" cxnId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}">
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}" type="sibTrans" cxnId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}">
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}">
-      <dgm:prSet custT="1"/>
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr>
-[...3 lines deleted...]
-          </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" noProof="0" dirty="0"/>
-            <a:t>Hvordan kan dere bruke malen videre for å planlegge opplegg som bruker uterommet?</a:t>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{C3DBDF80-71B9-448A-BF91-B6E0720416F4}" type="sibTrans" cxnId="{255EA5AA-607D-4524-867C-8709FF74B5E0}">
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{DAF466D7-88EC-4A09-B6E5-64DB906F024A}" type="parTrans" cxnId="{255EA5AA-607D-4524-867C-8709FF74B5E0}">
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" type="pres">
-      <dgm:prSet presAssocID="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" presName="root" presStyleCnt="0">
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" type="pres">
-[...43 lines deleted...]
-      <dgm:prSet presAssocID="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" presName="parTx" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="2">
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{6B0F6A9C-9E80-4BB2-A87F-7F59DBA53C42}" type="pres">
-      <dgm:prSet presAssocID="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}" presName="sibTrans" presStyleCnt="0"/>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" type="pres">
-[...38 lines deleted...]
-      <dgm:prSet presAssocID="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" presName="parTx" presStyleLbl="revTx" presStyleIdx="1" presStyleCnt="2">
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{278D1564-C026-455B-A89A-2CB584E032C6}" type="presOf" srcId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" destId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
-[...14 lines deleted...]
-    <dgm:cxn modelId="{44654DE3-A981-4F3F-9B8F-7EDC54EA2F48}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{2C25D107-F56D-4C1D-96B6-BFAD3F4474D4}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId9" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/data3.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
-    <dsp:sp modelId="{0E945669-12E8-421E-AB04-77A956563E44}">
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="686324"/>
-          <a:ext cx="6161864" cy="1267061"/>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...2 lines deleted...]
-          </a:avLst>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="bg1">
-            <a:lumMod val="95000"/>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln>
-[...42 lines deleted...]
-        </a:blipFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
-    </dsp:sp>
-[...30 lines deleted...]
-      </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="134097" tIns="134097" rIns="134097" bIns="134097" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
             <a:lnSpc>
-              <a:spcPct val="100000"/>
+              <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0"/>
-            <a:t>Hvilke spørsmål/problemstillinger brukte dere i opplegget?</a:t>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>A</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0"/>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1463455" y="686324"/>
-        <a:ext cx="4698408" cy="1267061"/>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{184FFD82-BFBC-48CB-A77C-FC784B1FD2F8}">
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="2270151"/>
-          <a:ext cx="6161864" cy="1267061"/>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...2 lines deleted...]
-          </a:avLst>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="bg1">
-            <a:lumMod val="95000"/>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
-            <a:alphaOff val="0"/>
+            <a:alphaOff val="-20000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln>
-[...42 lines deleted...]
-        </a:blipFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
-    </dsp:sp>
-[...30 lines deleted...]
-      </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="134097" tIns="134097" rIns="134097" bIns="134097" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
             <a:lnSpc>
-              <a:spcPct val="100000"/>
+              <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0"/>
-            <a:t>Hvordan fungerte spørsmålet/ problemstillinga som drivkraft? </a:t>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>B</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0"/>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1463455" y="2270151"/>
-        <a:ext cx="4698408" cy="1267061"/>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
       </dsp:txXfrm>
     </dsp:sp>
-  </dsp:spTree>
-[...11 lines deleted...]
-    <dsp:sp modelId="{0E945669-12E8-421E-AB04-77A956563E44}">
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="646729"/>
-          <a:ext cx="6456916" cy="1306656"/>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...2 lines deleted...]
-          </a:avLst>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="bg1">
-            <a:lumMod val="95000"/>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
-            <a:alphaOff val="0"/>
+            <a:alphaOff val="-40000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln>
-[...42 lines deleted...]
-        </a:blipFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
-    </dsp:sp>
-[...30 lines deleted...]
-      </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="138288" tIns="138288" rIns="138288" bIns="138288" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
             <a:lnSpc>
-              <a:spcPct val="100000"/>
+              <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0"/>
-            <a:t>Fortell hva elevene gjorde i utedelen for </a:t>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>C</a:t>
           </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0">
-[...12 lines deleted...]
-            <a:t>å </a:t>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
           </a:r>
-          <a:r>
-[...27 lines deleted...]
-          </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1509188" y="646729"/>
-        <a:ext cx="4947727" cy="1306656"/>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{184FFD82-BFBC-48CB-A77C-FC784B1FD2F8}">
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="2270151"/>
-          <a:ext cx="6456916" cy="1306656"/>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...2 lines deleted...]
-          </a:avLst>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="bg1">
-            <a:lumMod val="95000"/>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln>
-[...42 lines deleted...]
-        </a:blipFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
-    </dsp:sp>
-[...30 lines deleted...]
-      </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="138288" tIns="138288" rIns="138288" bIns="138288" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
             <a:lnSpc>
-              <a:spcPct val="100000"/>
+              <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0"/>
-            <a:t>Fortell hva elevene gjorde i </a:t>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>A</a:t>
           </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0" err="1"/>
-            <a:t>innedelen</a:t>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
           </a:r>
-          <a:r>
-[...3 lines deleted...]
-          <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1509188" y="2270151"/>
-        <a:ext cx="4947727" cy="1306656"/>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
       </dsp:txXfrm>
     </dsp:sp>
-  </dsp:spTree>
-[...11 lines deleted...]
-    <dsp:sp modelId="{0E945669-12E8-421E-AB04-77A956563E44}">
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="646729"/>
-          <a:ext cx="6456916" cy="1306656"/>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...2 lines deleted...]
-          </a:avLst>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="bg1">
-            <a:lumMod val="95000"/>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
-            <a:alphaOff val="0"/>
+            <a:alphaOff val="-20000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln>
-[...42 lines deleted...]
-        </a:blipFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
-    </dsp:sp>
-[...30 lines deleted...]
-      </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="138288" tIns="138288" rIns="138288" bIns="138288" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
             <a:lnSpc>
-              <a:spcPct val="100000"/>
+              <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0"/>
-            <a:t>Hvordan opplevde dere at malen fungerte?</a:t>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>B</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0">
-[...11 lines deleted...]
-          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1509188" y="646729"/>
-        <a:ext cx="4947727" cy="1306656"/>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{184FFD82-BFBC-48CB-A77C-FC784B1FD2F8}">
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="2270151"/>
-          <a:ext cx="6456916" cy="1306656"/>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...2 lines deleted...]
-          </a:avLst>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="bg1">
-            <a:lumMod val="95000"/>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
-            <a:alphaOff val="0"/>
+            <a:alphaOff val="-40000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln>
-[...42 lines deleted...]
-        </a:blipFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
-    </dsp:sp>
-[...30 lines deleted...]
-      </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="138288" tIns="138288" rIns="138288" bIns="138288" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
             <a:lnSpc>
-              <a:spcPct val="100000"/>
+              <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" noProof="0" dirty="0"/>
-            <a:t>Hvordan kan dere bruke malen videre for å planlegge opplegg som bruker uterommet?</a:t>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1509188" y="2270151"/>
-        <a:ext cx="4947727" cy="1306656"/>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-20000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
-[...1 lines deleted...]
-  <dgm:desc val="Use to show a series of visuals from top to bottom with Level 1 or Level 1 and Level 2 text grouped in a shape. Works best with icons or small pictures with lengthier descriptions."/>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="icon" pri="500"/>
+    <dgm:cat type="process" pri="9000"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
-  <dgm:styleData useDef="1">
+  <dgm:styleData>
     <dgm:dataModel>
-      <dgm:ptLst/>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:styleData>
-  <dgm:clrData useDef="1">
+  <dgm:clrData>
     <dgm:dataModel>
-      <dgm:ptLst/>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:clrData>
-  <dgm:layoutNode name="root">
+  <dgm:layoutNode name="Name0">
     <dgm:varLst>
       <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
       <dgm:resizeHandles val="exact"/>
     </dgm:varLst>
-    <dgm:choose name="Name0">
-      <dgm:if name="Name1" axis="self" func="var" arg="dir" op="equ" val="norm">
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
         <dgm:alg type="lin">
-          <dgm:param type="linDir" val="fromT"/>
-[...6 lines deleted...]
-          <dgm:param type="nodeHorzAlign" val="r"/>
+          <dgm:param type="linDir" val="fromR"/>
         </dgm:alg>
       </dgm:else>
     </dgm:choose>
     <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
       <dgm:adjLst/>
     </dgm:shape>
     <dgm:presOf/>
-    <dgm:choose name="Name3">
-      <dgm:if name="Name4" axis="ch" ptType="node" func="cnt" op="lte" val="3">
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
         <dgm:constrLst>
-          <dgm:constr type="h" for="ch" forName="compNode" refType="h" fact="0.3"/>
-[...8 lines deleted...]
-          <dgm:constr type="h" for="des" forName="spaceRect" op="equ"/>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
           <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
           <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
         </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:layoutNode name="desTx" styleLbl="revTx">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx">
+                <dgm:param type="stBulletLvl" val="1"/>
+              </dgm:alg>
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="des" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
       </dgm:if>
-      <dgm:if name="Name5" axis="ch" ptType="node" func="cnt" op="lte" val="4">
+      <dgm:else name="Name20">
         <dgm:constrLst>
-          <dgm:constr type="h" for="ch" forName="compNode" refType="h" fact="0.3"/>
-[...10 lines deleted...]
-          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
         </dgm:constrLst>
-      </dgm:if>
-[...30 lines deleted...]
-        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
       </dgm:else>
     </dgm:choose>
-    <dgm:ruleLst>
-[...155 lines deleted...]
-    </dgm:forEach>
   </dgm:layoutNode>
-  <dgm:extLst>
-[...14 lines deleted...]
-  </dgm:extLst>
 </dgm:layoutDef>
 </file>
 
 <file path=ppt/diagrams/layout2.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
-[...1 lines deleted...]
-  <dgm:desc val="Use to show a series of visuals from top to bottom with Level 1 or Level 1 and Level 2 text grouped in a shape. Works best with icons or small pictures with lengthier descriptions."/>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="icon" pri="500"/>
+    <dgm:cat type="process" pri="9000"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
-  <dgm:styleData useDef="1">
+  <dgm:styleData>
     <dgm:dataModel>
-      <dgm:ptLst/>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:styleData>
-  <dgm:clrData useDef="1">
+  <dgm:clrData>
     <dgm:dataModel>
-      <dgm:ptLst/>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:clrData>
-  <dgm:layoutNode name="root">
+  <dgm:layoutNode name="Name0">
     <dgm:varLst>
       <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
       <dgm:resizeHandles val="exact"/>
     </dgm:varLst>
-    <dgm:choose name="Name0">
-      <dgm:if name="Name1" axis="self" func="var" arg="dir" op="equ" val="norm">
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
         <dgm:alg type="lin">
-          <dgm:param type="linDir" val="fromT"/>
-[...6 lines deleted...]
-          <dgm:param type="nodeHorzAlign" val="r"/>
+          <dgm:param type="linDir" val="fromR"/>
         </dgm:alg>
       </dgm:else>
     </dgm:choose>
     <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
       <dgm:adjLst/>
     </dgm:shape>
     <dgm:presOf/>
-    <dgm:choose name="Name3">
-      <dgm:if name="Name4" axis="ch" ptType="node" func="cnt" op="lte" val="3">
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
         <dgm:constrLst>
-          <dgm:constr type="h" for="ch" forName="compNode" refType="h" fact="0.3"/>
-[...8 lines deleted...]
-          <dgm:constr type="h" for="des" forName="spaceRect" op="equ"/>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
           <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
           <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
         </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:layoutNode name="desTx" styleLbl="revTx">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx">
+                <dgm:param type="stBulletLvl" val="1"/>
+              </dgm:alg>
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="des" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
       </dgm:if>
-      <dgm:if name="Name5" axis="ch" ptType="node" func="cnt" op="lte" val="4">
+      <dgm:else name="Name20">
         <dgm:constrLst>
-          <dgm:constr type="h" for="ch" forName="compNode" refType="h" fact="0.3"/>
-[...10 lines deleted...]
-          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
         </dgm:constrLst>
-      </dgm:if>
-[...30 lines deleted...]
-        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
       </dgm:else>
     </dgm:choose>
-    <dgm:ruleLst>
-[...155 lines deleted...]
-    </dgm:forEach>
   </dgm:layoutNode>
-  <dgm:extLst>
-[...14 lines deleted...]
-  </dgm:extLst>
 </dgm:layoutDef>
 </file>
 
 <file path=ppt/diagrams/layout3.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
-[...1 lines deleted...]
-  <dgm:desc val="Use to show a series of visuals from top to bottom with Level 1 or Level 1 and Level 2 text grouped in a shape. Works best with icons or small pictures with lengthier descriptions."/>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="icon" pri="500"/>
+    <dgm:cat type="process" pri="9000"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
-  <dgm:styleData useDef="1">
+  <dgm:styleData>
     <dgm:dataModel>
-      <dgm:ptLst/>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:styleData>
-  <dgm:clrData useDef="1">
+  <dgm:clrData>
     <dgm:dataModel>
-      <dgm:ptLst/>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:clrData>
-  <dgm:layoutNode name="root">
+  <dgm:layoutNode name="Name0">
     <dgm:varLst>
       <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
       <dgm:resizeHandles val="exact"/>
     </dgm:varLst>
-    <dgm:choose name="Name0">
-      <dgm:if name="Name1" axis="self" func="var" arg="dir" op="equ" val="norm">
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
         <dgm:alg type="lin">
-          <dgm:param type="linDir" val="fromT"/>
-[...6 lines deleted...]
-          <dgm:param type="nodeHorzAlign" val="r"/>
+          <dgm:param type="linDir" val="fromR"/>
         </dgm:alg>
       </dgm:else>
     </dgm:choose>
     <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
       <dgm:adjLst/>
     </dgm:shape>
     <dgm:presOf/>
-    <dgm:choose name="Name3">
-      <dgm:if name="Name4" axis="ch" ptType="node" func="cnt" op="lte" val="3">
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
         <dgm:constrLst>
-          <dgm:constr type="h" for="ch" forName="compNode" refType="h" fact="0.3"/>
-[...8 lines deleted...]
-          <dgm:constr type="h" for="des" forName="spaceRect" op="equ"/>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
           <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
           <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
         </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:layoutNode name="desTx" styleLbl="revTx">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx">
+                <dgm:param type="stBulletLvl" val="1"/>
+              </dgm:alg>
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="des" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
       </dgm:if>
-      <dgm:if name="Name5" axis="ch" ptType="node" func="cnt" op="lte" val="4">
+      <dgm:else name="Name20">
         <dgm:constrLst>
-          <dgm:constr type="h" for="ch" forName="compNode" refType="h" fact="0.3"/>
-[...10 lines deleted...]
-          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
         </dgm:constrLst>
-      </dgm:if>
-[...30 lines deleted...]
-        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
       </dgm:else>
     </dgm:choose>
-    <dgm:ruleLst>
-[...155 lines deleted...]
-    </dgm:forEach>
   </dgm:layoutNode>
-  <dgm:extLst>
-[...14 lines deleted...]
-  </dgm:extLst>
 </dgm:layoutDef>
 </file>
 
 <file path=ppt/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="simple" pri="10100"/>
   </dgm:catLst>
   <dgm:scene3d>
     <a:camera prst="orthographicFront"/>
     <a:lightRig rig="threePt" dir="t"/>
   </dgm:scene3d>
   <dgm:styleLbl name="node0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
@@ -12905,51 +11875,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" b="0" i="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E5740EF2-BF26-D74B-B76B-2264CCA3BAAA}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbilde 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -13178,161 +12148,766 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="nb-NO"/>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>3</a:t>
+              <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3352003500"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1907736133"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1267964859"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>BR</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="540181779"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="677309388"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>29</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3371275001"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" cap="small" baseline="0"/>
+              <a:t>LÆRINGSARENA</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" cap="small" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>30</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1112155894"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Idsøe, 2022; Sawyer, 2014; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1200" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Korsager og Gabrielsen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1200" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> 2024; Mygind et al., 2019; Remmen og Iversen, 2023; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Ritchhart, Church and Morrison, 2011</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>31</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1730727873"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13364,60 +12939,60 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>8</a:t>
+              <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2778351506"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4201362337"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13449,60 +13024,60 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>15</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3576185744"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4047428218"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13534,161 +13109,145 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>18</a:t>
+              <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="815628033"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2652772545"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...14 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>19</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2185226518"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3104824246"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13698,250 +13257,166 @@
           <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{DFFCBCB9-DAEF-4493-8C21-772188A0CDF9}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>17</a:t>
+            </a:fld>
             <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3694064307"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>23</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="505436843"/>
-[...167 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3168318207"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1364379584"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13973,241 +13448,307 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>28</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1260117155"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2323752703"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...7 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
-[...2 lines deleted...]
-              <a:t>29</a:t>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{DFFCBCB9-DAEF-4493-8C21-772188A0CDF9}" type="slidenum">
+              <a:rPr kumimoji="0" lang="nb-NO" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21</a:t>
             </a:fld>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr kumimoji="0" lang="nb-NO" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1112155894"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1714439806"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Tittellysbilde med logo">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -14409,50 +13950,1085 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9721000" y="5722142"/>
             <a:ext cx="2611980" cy="1343304"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298604692"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="C–Etterarbeid">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:lum/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect b="34000"/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2B472E1-E855-4DF3-11FB-24C4DC2B49DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3409623"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="6000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere tittelstil</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Undertittel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F5C110-EECC-D702-4767-96F6DC96965F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="5918356"/>
+            <a:ext cx="9144000" cy="805828"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere undertittelstil i malen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Bilde 8" descr="Et bilde som inneholder person, innendørs, computer, vegg&#10;&#10;Automatisk generert beskrivelse">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECC6E47F-5915-B0DC-0902-1E0453749E50}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1" y="-1"/>
+            <a:ext cx="12192001" cy="4530903"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rektangel 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C614F09-80A7-D8C9-1379-F772DB7E730D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2" y="-2"/>
+            <a:ext cx="12192001" cy="4530903"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="16000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="44838239"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="Tittel og innhold">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70B3F3F7-0A7A-B02E-003B-CE5AA2877F43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere tittelstil</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A94F5867-A030-A5BA-4B01-6F3A0740F005}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="nb-NO"/>
+              <a:t>Klikk for å redigere tekststiler i malen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="nb-NO"/>
+              <a:t>Andre nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="nb-NO"/>
+              <a:t>Tredje nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="nb-NO"/>
+              <a:t>Fjerde nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="nb-NO"/>
+              <a:t>Femte nivå</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for dato 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DA649CC-87AE-AB0D-9120-B478DFEE5C25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5410200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>29.12.2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for bunntekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="7048500" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for lysbildenummer 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0711D7-945B-C65C-6B82-3A340B3CDFD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{A745D962-C5E0-4A44-9AB9-993321B6FEF7}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3678610867"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tittel og innhold med minutter">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70B3F3F7-0A7A-B02E-003B-CE5AA2877F43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere tittelstil</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A94F5867-A030-A5BA-4B01-6F3A0740F005}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere tekststiler i malen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Andre nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Tredje nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Fjerde nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Femte nivå</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for dato 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DA649CC-87AE-AB0D-9120-B478DFEE5C25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5410200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>29.12.2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for bunntekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="7048500" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for lysbildenummer 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0711D7-945B-C65C-6B82-3A340B3CDFD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{A745D962-C5E0-4A44-9AB9-993321B6FEF7}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5F259A0-C79D-3144-4D91-177077E8CAD7}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9749642" y="856083"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D72C139-93D1-A791-26CC-900DBDC0112D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9507992" y="793900"/>
+            <a:ext cx="468010" cy="468010"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3659369020"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="Tittel og innhold_grått vindu">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:lum/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect l="61000"/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70B3F3F7-0A7A-B02E-003B-CE5AA2877F43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="5994400" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A94F5867-A030-A5BA-4B01-6F3A0740F005}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5994400" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere tekststiler i malen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Andre nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Tredje nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Fjerde nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Femte nivå</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for dato 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DA649CC-87AE-AB0D-9120-B478DFEE5C25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5410200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>29.12.2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for bunntekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="7048500" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for lysbildenummer 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0711D7-945B-C65C-6B82-3A340B3CDFD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{A745D962-C5E0-4A44-9AB9-993321B6FEF7}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="786012800"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tittel og innhold_grått vindu og minutter">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect l="61000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -14580,51 +15156,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>26.04.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -14749,51 +15325,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5517888" y="793900"/>
             <a:ext cx="468010" cy="468010"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="5995490"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Deloverskrift med minutter">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect l="3000" t="5000" r="3000" b="5000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -15133,51 +15709,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4439970" y="4439512"/>
             <a:ext cx="1108171" cy="1108171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1458394234"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Deloverskrift">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect l="3000" t="5000" r="3000" b="5000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -15349,51 +15925,51 @@
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>Klikk for å redigere tekststiler i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2673629460"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="To innholdsdeler">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3122436-6796-8E7F-AA72-6955E25CB22C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -15585,51 +16161,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A745D962-C5E0-4A44-9AB9-993321B6FEF7}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2753005217"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="To innholdsdeler med minutter">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3122436-6796-8E7F-AA72-6955E25CB22C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -15908,51 +16484,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9507992" y="793900"/>
             <a:ext cx="468010" cy="468010"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1855178599"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Sammenligning">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F8224E1-B6CD-2F5E-A6EB-C3FE37F7471D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -16237,51 +16813,218 @@
               <a:t>Fjerde nivå</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2830861162"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Tittellysbilde">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:lum/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect b="34000"/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2B472E1-E855-4DF3-11FB-24C4DC2B49DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3409623"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="6000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere tittelstil</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Undertittel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F5C110-EECC-D702-4767-96F6DC96965F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="5918356"/>
+            <a:ext cx="9144000" cy="805828"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere undertittelstil i malen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2169956594"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Sammenligning med minutter">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F8224E1-B6CD-2F5E-A6EB-C3FE37F7471D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -16683,51 +17426,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9507992" y="793900"/>
             <a:ext cx="468010" cy="468010"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2060531574"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Bare tittel">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD7A0256-B464-E11C-ABCC-3FE20E3580B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -16800,51 +17543,51 @@
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2235370197"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tomt">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E01C8706-5957-F8BD-A51E-0B73A587CFD2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -16889,51 +17632,51 @@
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3504193577"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Innhold med tekst">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E439A6D3-4C92-EAB0-060B-A0A563FD0FCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -17147,218 +17890,51 @@
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2755732075"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-[...166 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Bilde med tekst">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45A1AB34-0FD9-5234-0135-36A60131E298}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -17550,50 +18126,1043 @@
             <a:ext cx="7048500" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1753725663"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="1_Tittellysbilde">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:lum/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect b="34000"/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2B472E1-E855-4DF3-11FB-24C4DC2B49DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3409623"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="6000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere tittelstil</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Undertittel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F5C110-EECC-D702-4767-96F6DC96965F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="5918356"/>
+            <a:ext cx="9144000" cy="805828"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere undertittelstil i malen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Bilde 6" descr="Et bilde som inneholder tre, person, klær, utendørs&#10;&#10;Automatisk generert beskrivelse">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A015FE4D-3A7F-CC38-D0D7-753DD5BAC1C3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="4530903"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rektangel 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{310E7FFF-36A3-955A-2BF1-E6EC5ABF7A84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="4530903"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="16000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Bilde 8" descr="Et bilde som inneholder sort, mørke&#10;&#10;Automatisk generert beskrivelse">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A9D5224-F40F-BCB5-350E-0B3088863A2D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="413632" y="6143347"/>
+            <a:ext cx="1862055" cy="500894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Grafikk 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77D4B548-30BF-EBE2-5FF6-1EE27CC53EF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9721000" y="5722142"/>
+            <a:ext cx="2611980" cy="1343304"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2141643290"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="4_Tittellysbilde">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:lum/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect b="34000"/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2B472E1-E855-4DF3-11FB-24C4DC2B49DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3409623"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="6000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere tittelstil</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Undertittel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F5C110-EECC-D702-4767-96F6DC96965F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="5918356"/>
+            <a:ext cx="9144000" cy="805828"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere undertittelstil i malen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Bilde 8" descr="Et bilde som inneholder sort, mørke&#10;&#10;Automatisk generert beskrivelse">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A9D5224-F40F-BCB5-350E-0B3088863A2D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="413632" y="6143347"/>
+            <a:ext cx="1862055" cy="500894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Grafikk 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77D4B548-30BF-EBE2-5FF6-1EE27CC53EF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9721000" y="5722142"/>
+            <a:ext cx="2611980" cy="1343304"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4" descr="Et bilde som inneholder person, klær, tre, utendørs&#10;&#10;Automatisk generert beskrivelse">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A79F12A4-85B1-7154-BE20-D3C77347CF2C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="4541310"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rektangel 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{310E7FFF-36A3-955A-2BF1-E6EC5ABF7A84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="10407"/>
+            <a:ext cx="12192000" cy="4530903"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="16000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1391234693"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="5_Tittellysbilde">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:lum/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect b="34000"/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2B472E1-E855-4DF3-11FB-24C4DC2B49DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3409623"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="6000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere tittelstil</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Undertittel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F5C110-EECC-D702-4767-96F6DC96965F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="5918356"/>
+            <a:ext cx="9144000" cy="805828"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere undertittelstil i malen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Bilde 8" descr="Et bilde som inneholder sort, mørke&#10;&#10;Automatisk generert beskrivelse">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A9D5224-F40F-BCB5-350E-0B3088863A2D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="413632" y="6143347"/>
+            <a:ext cx="1862055" cy="500894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Grafikk 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77D4B548-30BF-EBE2-5FF6-1EE27CC53EF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9721000" y="5722142"/>
+            <a:ext cx="2611980" cy="1343304"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Bilde 10" descr="Et bilde som inneholder person, tre, klær, utendørs&#10;&#10;Automatisk generert beskrivelse">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{060FB5FD-36E8-CD1E-3B2E-A7D534B2EC88}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="4530903"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rektangel 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{310E7FFF-36A3-955A-2BF1-E6EC5ABF7A84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="4530903"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="16000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1767321288"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="3_Tittellysbilde">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -17880,51 +19449,382 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2395678336"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="2_Tittellysbilde">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:lum/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect b="34000"/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2B472E1-E855-4DF3-11FB-24C4DC2B49DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3409623"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="6000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere tittelstil</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Undertittel 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F5C110-EECC-D702-4767-96F6DC96965F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="5918356"/>
+            <a:ext cx="9144000" cy="805828"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Klikk for å redigere undertittelstil i malen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Bilde 8" descr="Et bilde som inneholder sort, mørke&#10;&#10;Automatisk generert beskrivelse">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A9D5224-F40F-BCB5-350E-0B3088863A2D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="413632" y="6143347"/>
+            <a:ext cx="1862055" cy="500894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Grafikk 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77D4B548-30BF-EBE2-5FF6-1EE27CC53EF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9721000" y="5722142"/>
+            <a:ext cx="2611980" cy="1343304"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4" descr="Et bilde som inneholder utendørs, himmel, gress, konstruksjon&#10;&#10;Automatisk generert beskrivelse">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFBE33D4-9505-D84B-C760-B73F9BA0D4D6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12191999" cy="4530903"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rektangel 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{310E7FFF-36A3-955A-2BF1-E6EC5ABF7A84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="0"/>
+            <a:ext cx="12191999" cy="4530903"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="16000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1362293384"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="A–Forarbeid">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -18190,51 +20090,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1489656510"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="B–Utprøving">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
           <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -18446,1087 +20346,52 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1250507477"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1033 lines deleted...]
-
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -19742,85 +20607,89 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1655320109"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483659" r:id="rId2"/>
-    <p:sldLayoutId id="2147483667" r:id="rId3"/>
-[...16 lines deleted...]
-    <p:sldLayoutId id="2147483657" r:id="rId20"/>
+    <p:sldLayoutId id="2147483665" r:id="rId3"/>
+    <p:sldLayoutId id="2147483668" r:id="rId4"/>
+    <p:sldLayoutId id="2147483669" r:id="rId5"/>
+    <p:sldLayoutId id="2147483667" r:id="rId6"/>
+    <p:sldLayoutId id="2147483666" r:id="rId7"/>
+    <p:sldLayoutId id="2147483670" r:id="rId8"/>
+    <p:sldLayoutId id="2147483671" r:id="rId9"/>
+    <p:sldLayoutId id="2147483672" r:id="rId10"/>
+    <p:sldLayoutId id="2147483660" r:id="rId11"/>
+    <p:sldLayoutId id="2147483650" r:id="rId12"/>
+    <p:sldLayoutId id="2147483658" r:id="rId13"/>
+    <p:sldLayoutId id="2147483663" r:id="rId14"/>
+    <p:sldLayoutId id="2147483651" r:id="rId15"/>
+    <p:sldLayoutId id="2147483664" r:id="rId16"/>
+    <p:sldLayoutId id="2147483652" r:id="rId17"/>
+    <p:sldLayoutId id="2147483661" r:id="rId18"/>
+    <p:sldLayoutId id="2147483653" r:id="rId19"/>
+    <p:sldLayoutId id="2147483662" r:id="rId20"/>
+    <p:sldLayoutId id="2147483654" r:id="rId21"/>
+    <p:sldLayoutId id="2147483655" r:id="rId22"/>
+    <p:sldLayoutId id="2147483656" r:id="rId23"/>
+    <p:sldLayoutId id="2147483657" r:id="rId24"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" b="1" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -20066,7138 +20935,363 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naturfag.no/uterommet" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.svg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.svg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.svg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naturfag.no/forsok/vis.html?tid=2361221" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naturfag.no/forsok/vis.html?tid=2361221" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naturfag.no/uterommet" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naturfag.no/forsok/vis.html?tid=2394786" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Tittel 3">
+          <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84B899E9-D6CC-2D09-C35C-F6A441CFB263}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C791FEE5-523C-5EB8-B402-A1C5B7A9204D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="186612" y="4006780"/>
-[...35 lines deleted...]
-            <a:ext cx="9144000" cy="805828"/>
+            <a:off x="143933" y="3428999"/>
+            <a:ext cx="11980334" cy="2368223"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>MODUL 1</a:t>
-[...60 lines deleted...]
-              <a:t>Etterarbeidet i opplegget</a:t>
+              <a:t>Elevenes utbytte av uteundervisning</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Plassholder for innhold 4">
+          <p:cNvPr id="3" name="Undertittel 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{399DBBEB-88B4-D2B0-546A-920AF00C34DC}"/>
-[...5737 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B29DA340-A3B8-C6C3-CF6E-BBB18D7A4B4F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E04DFAE-E613-184B-ED35-CB949829386F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Design opplegg som bruker uterommet</a:t>
+              <a:t>MODUL 1</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1987299400"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3776498043"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
-[...944 lines deleted...]
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A10ED297-A675-E6E6-D439-41276ACC7192}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1804987" y="1814405"/>
             <a:ext cx="8582025" cy="2177328"/>
           </a:xfrm>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200">
+              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
-              <a:t>Del erfaringer</a:t>
+              <a:t>Uteaktivitet i elevrolle</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for tekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CE3EE53-F389-BF93-AFA8-B6E850D35614}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5237361" y="4703084"/>
             <a:ext cx="2633196" cy="581025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO">
+              <a:rPr lang="nb-NO" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>45</a:t>
+              <a:t>25</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2800" kern="1200">
+              <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> minutter</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Graphic 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74A9D825-6946-DB23-7423-51E528F35A7E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
@@ -27221,3069 +21315,5429 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4439970" y="4439512"/>
             <a:ext cx="1108171" cy="1108171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1775095940"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Tittel 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D341CCB9-5AFA-0DE3-7931-C8AB6521201B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>naturfag.no/uterommet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for innhold 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F49B5FE-4432-F001-B6B1-A6A3FA303E74}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="6444727" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>På naturfag.no/uterommet finner dere aktiviteter som er enkle å gjennomføre i skolens nærmiljø. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Oppleggene krever lite utstyr og kan gjennomføres på 60 minutter. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>For å gjøre det enkelt å komme ut starter hvert opplegg ute med en praktisk aktivitet og avsluttes inne med et mer teoretisk etterarbeid.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Bilde 7" descr="Skjermdump av nettsiden naturfag.no/uterommet">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2401DCD-1DA4-982E-93A5-D8F16A700515}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8193974" y="5090"/>
+            <a:ext cx="3728852" cy="6844860"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1706837818"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{843EDDE1-FF94-72E3-5684-A788AFFE43D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="389173"/>
+            <a:ext cx="5994400" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Gjennomfør uteaktivitet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Plassholder for innhold 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2657D54-3E12-86FA-D5D3-E286BBC601BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5759538" y="856083"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>15 min</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2214A61-3FD7-962F-DB03-69227B3F7AFF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="2244089"/>
+            <a:ext cx="5994400" cy="1772080"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>For å bli kjent med aktivitetene skal vi nå gjennomføre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>utedelen </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>av aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Hvilke kjennetegn har småkrypene?</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Modulleder er lærer, og de andre er i elevrolle. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rektangel: avrundede hjørner 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{376E7A1F-5A88-806C-899E-557304BA1198}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="5092700"/>
+            <a:ext cx="5600700" cy="977900"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3200" b="1" dirty="0"/>
+              <a:t>Ses ute </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3200" b="1" dirty="0">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="3200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="6" name="Gruppe 5" descr="Skjermbilde av aktiviteten &quot;Hvilke kjennetegn har småkrypene?&quot; på nettsiden naturfag.no/uterommet">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F1FDD1E-BCCF-FD28-AB9B-CAD9E2B77E5C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="8017633" y="1813914"/>
+            <a:ext cx="3639313" cy="4360789"/>
+            <a:chOff x="7853440" y="856175"/>
+            <a:chExt cx="3639313" cy="4360789"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="8" name="Bilde 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A7CED2E-693F-21DB-3DDB-24D3A842FF15}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7853440" y="2287086"/>
+              <a:ext cx="3639312" cy="2929878"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="3" name="Bilde 2" descr="Et skjermbilde av naturfagsenterets nettside som viser undervisningsopplegget &quot;Hvilket kjennetegn har småkrypene?&quot;.">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F87E177-9870-58DE-7651-A04A1A3F6602}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId5" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7853440" y="856175"/>
+              <a:ext cx="3639313" cy="1325563"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="TekstSylinder 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDBADB5E-6CF7-D9C0-B754-CAA2E65D64FF}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9825231" y="1438363"/>
+              <a:ext cx="1406912" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nb-NO" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="285770"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>/uterommet</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3216240977"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{812EB6DB-D05B-3A62-8CB5-9611B3C1D6AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Etterarbeid i aktiviteten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Plassholder for innhold 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3A141A7-D220-612A-62DC-0A078B4F6F38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal nå bli kjent med </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>etterarbeidet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t> i aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Hvilke kjennetegn har småkrypene?</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>Samarbeid i par:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Åpne nettsiden: naturfag.no/uterommet og finn aktiviteten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Se filmen, les gjennom beskrivelsen og se gjennom presentasjonen til etterarbeidet. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C35678B-C836-3010-2A03-41EB3B7C8A91}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="8" name="Gruppe 7" descr="Skjermbilde av aktiviteten &quot;Hvilke kjennetegn har småkrypene?&quot; på nettsiden naturfag.no/uterommet">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FE7A0BB-B348-F663-436D-748AA9E4D9C2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="8017634" y="1813913"/>
+            <a:ext cx="3639313" cy="4360789"/>
+            <a:chOff x="7853440" y="856175"/>
+            <a:chExt cx="3639313" cy="4360789"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="9" name="Bilde 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F82E09D7-CAA9-A329-5F8C-E89004398BEE}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7853440" y="2287086"/>
+              <a:ext cx="3639312" cy="2929878"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="10" name="Bilde 9" descr="Et skjermbilde av naturfagsenterets nettside som viser undervisningsopplegget &quot;Hvilket kjennetegn har småkrypene?&quot;.">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{351A7361-99C0-EF82-8EE5-18510DBF1F19}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId5" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7853440" y="856175"/>
+              <a:ext cx="3639313" cy="1325563"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="TekstSylinder 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94EC684C-FB45-2DF1-CB05-0B004D6F19E2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9825231" y="1438363"/>
+              <a:ext cx="1406912" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nb-NO" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="285770"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>/uterommet</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3443724746"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D7299E6-A0A6-CA82-1E67-6A2E0E6DD42F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A653E61-4C1F-B976-8A45-FCC05FECDE5C}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5ACFDCF9-F0CC-27CE-B428-3F90B0C0161F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{518448D7-E91D-8437-9BFA-09CDDEDF9D82}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814405"/>
+            <a:ext cx="8582025" cy="2177328"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Del erfaringer i grupper</a:t>
+              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Vurder utbytte av uteaktivitet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...1 lines deleted...]
-          <p:cNvPr id="3" name="Plassholder for innhold 4" descr="Tre punkter som forteller hva gruppene skal dele erfaringer om. Hvert punkt består av en grå bakgrunn og et tall i en blå sirkel. ">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24623C80-5B4E-56DA-BB66-366C4C2456A9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1606BDAB-9D82-55F6-98DC-18C83D30EF4E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvGraphicFramePr>
-[...1 lines deleted...]
-          </p:cNvGraphicFramePr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
-            <p:extLst>
-[...3 lines deleted...]
-            </p:extLst>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
-        </p:nvGraphicFramePr>
-[...22 lines deleted...]
-          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7754358" y="856084"/>
-            <a:ext cx="1128156" cy="343644"/>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...10 lines deleted...]
-              <a:defRPr sz="2400" b="0" i="0" kern="1200">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
-[...89 lines deleted...]
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
-              </a:defRPr>
-[...64 lines deleted...]
-                </a:solidFill>
               </a:rPr>
-              <a:t>15 min </a:t>
+              <a:t>10 minutter</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Graphic 8">
+          <p:cNvPr id="3" name="Graphic 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1018CDDC-44EF-66F5-9DE6-E260BB0D91F8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E663396C-9835-DE8F-113C-15B9894F677E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7" cstate="screen">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7520353" y="793901"/>
-            <a:ext cx="468010" cy="468010"/>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...179 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2030593963"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1631822273"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D7299E6-A0A6-CA82-1E67-6A2E0E6DD42F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9594C2F9-DA0B-D746-88D7-9F12A8943DF3}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Tittel 3">
+          <p:cNvPr id="7" name="Title 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5ACFDCF9-F0CC-27CE-B428-3F90B0C0161F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC52D4E6-049B-2613-96F5-E09FAFBF22EC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="-1325563"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Del erfaringer i grupper</a:t>
+              <a:t>Hvilket utbytte dere opplevde å få?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Graphic 8">
+          <p:cNvPr id="6" name="Graphic 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1018CDDC-44EF-66F5-9DE6-E260BB0D91F8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E0FC8A1-9542-8B7C-1548-4B63997B9E88}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="screen">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7520353" y="793901"/>
-            <a:ext cx="468010" cy="468010"/>
+            <a:off x="9349276" y="1167969"/>
+            <a:ext cx="520994" cy="520994"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Plassholder for innhold 5">
+          <p:cNvPr id="10" name="TekstSylinder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E107B5-E01E-C1CC-8DE2-C84D958C3ED5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A7CD3E9-83FC-C9DD-A687-7CB14A641DFD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7754358" y="856084"/>
-            <a:ext cx="1128156" cy="343644"/>
+            <a:off x="772699" y="6196403"/>
+            <a:ext cx="8788581" cy="530659"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...1 lines deleted...]
-            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-              <a:defRPr sz="2400" b="0" i="0" kern="1200">
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1200" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
+                <a:effectLst/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
-              </a:defRPr>
-[...10 lines deleted...]
-              <a:defRPr sz="2200" b="0" i="0" kern="1200">
+              </a:rPr>
+              <a:t>Basert på: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1200" i="0" kern="1200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
+                <a:effectLst/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
-              </a:defRPr>
-[...10 lines deleted...]
-              <a:defRPr sz="2000" b="0" i="0" kern="1200">
+              </a:rPr>
+              <a:t>Becker et al., 2017; Frøyland og Remmen, 2019; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" kern="1200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
+                <a:effectLst/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
-              </a:defRPr>
-[...10 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" kern="1200">
+              </a:rPr>
+              <a:t>Idsøe, 2022; Sawyer, 2014; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1200" i="0" kern="1200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
+                <a:effectLst/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
-              </a:defRPr>
-[...10 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" kern="1200">
+              </a:rPr>
+              <a:t>Korsager og Gabrielsen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1200" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
-              </a:defRPr>
-[...10 lines deleted...]
-              <a:defRPr sz="1800" kern="1200">
+              </a:rPr>
+              <a:t> 2024; Mygind et al., 2019; Remmen og Iversen, 2023; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" kern="1200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
-              </a:defRPr>
-[...64 lines deleted...]
-                </a:solidFill>
               </a:rPr>
-              <a:t>25 min </a:t>
+              <a:t>Ritchhart, Church and Morrison, 2011</a:t>
             </a:r>
+            <a:endParaRPr lang="nb-NO" sz="1200" i="0" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="3" name="Plassholder for innhold 4" descr="Tre punkter som forteller hva gruppene skal dele erfaringer om. Hvert punkt består av en grå bakgrunn og et tall i en blå sirkel. ">
+          <p:cNvPr id="11" name="Tabell 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24623C80-5B4E-56DA-BB66-366C4C2456A9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82E9006A-1C1B-EC8E-3B91-BE73FCD95A4E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
-            <a:graphicFrameLocks/>
+            <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="494772056"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3596293293"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="606942" y="1690688"/>
-          <a:ext cx="6456916" cy="4223537"/>
+          <a:off x="833921" y="374999"/>
+          <a:ext cx="8998568" cy="5739775"/>
         </p:xfrm>
         <a:graphic>
-          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1">
+                <a:effectLst/>
+                <a:tableStyleId>{306799F8-075E-4A3A-A7F6-7FBC6576F1A4}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2255724">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="633868185"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="6742844">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="547759138"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="646975">
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="3200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Kjennetegn på elevers utbytte av uteundervisning</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="BBD1CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2794508383"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1392576">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Kobling mellom </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="nb-NO" sz="2000" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>teori og praksis</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>relaterer ny teori til egne erfaringer</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>observerer nøye og beskriver det som er der</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>ser sammenhenger</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bygger forklaringer og tolkninger</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3023469494"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1392576">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Motivasjon</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser engasjement</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bidrar og deltar aktivt</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>er konsentrert om aktiviteten</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser utholdenhet og tar ansvar for å gjennomføre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3969480718"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1392576">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Gode samspill</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>løser oppgaver sammen</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>lytter til andre og venter på tur</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser tålmodighet og forklarer dersom noen ikke forstår</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>gir konstruktive tilbakemeldinger til hverandre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="16953619"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="12" name="Bilde 11" descr="Første boks &quot;Ute&quot; i mal for å designe et opplegg som bruker uterommet.">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Snakkeboble: rektangel med avrundede hjørner 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76273CCE-A852-1EB9-A357-2D82AA4E3473}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3C5A954-E440-1F1F-BED5-17BFBA7229C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...4 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8073291" y="2094522"/>
-            <a:ext cx="3363995" cy="1510151"/>
+            <a:off x="8518918" y="1234947"/>
+            <a:ext cx="3338622" cy="2799607"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-            <a:avLst/>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 51118"/>
+              <a:gd name="adj2" fmla="val 67714"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
-[...150 lines deleted...]
-      </p:grpSp>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="20000"/>
+                    <a:lumOff val="80000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>	10 minutter</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="20000"/>
+                  <a:lumOff val="80000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" dirty="0"/>
+              <a:t>Tenk på aktiviteten: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" i="1" dirty="0"/>
+              <a:t>Hvilke kjennetegn har småkrypene?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" dirty="0"/>
+              <a:t>Vurder hvilket utbytte dere opplevde å få.  </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2705324651"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="416518857"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5ACFDCF9-F0CC-27CE-B428-3F90B0C0161F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A10ED297-A675-E6E6-D439-41276ACC7192}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814404"/>
+            <a:ext cx="8582025" cy="2441909"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Diskuter i plenum</a:t>
+              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Planlegg utprøving</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Plassholder for innhold 5">
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E107B5-E01E-C1CC-8DE2-C84D958C3ED5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CE3EE53-F389-BF93-AFA8-B6E850D35614}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1">
-            <a:spLocks/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7754358" y="573859"/>
-            <a:ext cx="1128156" cy="343644"/>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...10 lines deleted...]
-              <a:defRPr sz="2400" b="0" i="0" kern="1200">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...13 lines deleted...]
-              <a:defRPr sz="2200" b="0" i="0" kern="1200">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
-[...71 lines deleted...]
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
-              </a:defRPr>
-[...64 lines deleted...]
-                </a:solidFill>
               </a:rPr>
-              <a:t>20 min </a:t>
+              <a:t>0 minutter</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Graphic 8">
+          <p:cNvPr id="3" name="Graphic 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1018CDDC-44EF-66F5-9DE6-E260BB0D91F8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74A9D825-6946-DB23-7423-51E528F35A7E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="screen">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7520353" y="511676"/>
-[...60 lines deleted...]
-            <a:ext cx="3596695" cy="5274000"/>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3562155714"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4112262942"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC30409-E7F8-F7F3-6084-C78734E3DA58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D37F7E40-B82C-4909-928E-643C63D72905}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" b="0" dirty="0"/>
+              <a:t>Planlegg utprøving med elever</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94B49F95-E245-B435-1CE5-ECE0ED389EE4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9749642" y="856083"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC24F027-2493-BAED-8B20-700BBACDBDA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5146348" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Samarbeid gjerne på trinn eller i team:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Velg en av aktivitetene på naturfag.no/uterommet som dere vil prøve ut med elever. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Planlegg når og hvor dere skal prøve ut aktiviteten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>Under og etter </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" i="1" dirty="0"/>
+              <a:t>B – Utprøving </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Vurder elevenes utbytte, bruk tabellen.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Ta med notatene dine til </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>C – Erfaringsdeling</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="8" name="Group 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96E0EA23-36FC-5F76-91E6-A087D4908E1D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="4018597" y="5594595"/>
+            <a:ext cx="7863803" cy="1123400"/>
+            <a:chOff x="4018597" y="5440217"/>
+            <a:chExt cx="7863803" cy="1123400"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="5" name="Gruppe 4">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CA6AEC2-C332-2CC8-A3FB-23A4101EA401}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="4018597" y="5440217"/>
+              <a:ext cx="2808501" cy="1123400"/>
+              <a:chOff x="2305" y="906880"/>
+              <a:chExt cx="2808501" cy="1123400"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="14" name="Pil: vinkeltegn 13">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82D244ED-AA23-F590-B769-0533AD9D6D19}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="2305" y="906880"/>
+                <a:ext cx="2808501" cy="1123400"/>
+              </a:xfrm>
+              <a:prstGeom prst="chevron">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+            <p:style>
+              <a:lnRef idx="2">
+                <a:schemeClr val="lt1">
+                  <a:hueOff val="0"/>
+                  <a:satOff val="0"/>
+                  <a:lumOff val="0"/>
+                  <a:alphaOff val="0"/>
+                </a:schemeClr>
+              </a:lnRef>
+              <a:fillRef idx="1">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="90000"/>
+                  <a:hueOff val="0"/>
+                  <a:satOff val="0"/>
+                  <a:lumOff val="0"/>
+                  <a:alphaOff val="0"/>
+                </a:schemeClr>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="90000"/>
+                  <a:hueOff val="0"/>
+                  <a:satOff val="0"/>
+                  <a:lumOff val="0"/>
+                  <a:alphaOff val="0"/>
+                </a:schemeClr>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </p:style>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:endParaRPr lang="nn-NO"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="15" name="Pil: vinkeltegn 4">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB3903E0-FC34-1367-94CA-20F6E2E46A1E}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="564005" y="906880"/>
+                <a:ext cx="1685101" cy="1123400"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+            <p:style>
+              <a:lnRef idx="0">
+                <a:scrgbClr r="0" g="0" b="0"/>
+              </a:lnRef>
+              <a:fillRef idx="0">
+                <a:scrgbClr r="0" g="0" b="0"/>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:scrgbClr r="0" g="0" b="0"/>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </p:style>
+            <p:txBody>
+              <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+                <a:noAutofit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPct val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPct val="35000"/>
+                  </a:spcAft>
+                  <a:buNone/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+                  <a:t>A</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPct val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPct val="35000"/>
+                  </a:spcAft>
+                  <a:buNone/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+                  <a:t>Samarbeid lærere</a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="6" name="Gruppe 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CC31EE9-AF87-A6D8-7AAB-0DD4BC9728A5}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="6546248" y="5440217"/>
+              <a:ext cx="2808501" cy="1123400"/>
+              <a:chOff x="2529956" y="906880"/>
+              <a:chExt cx="2808501" cy="1123400"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="12" name="Pil: vinkeltegn 11">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{574A35F5-CF21-39CD-20A4-F8D813DAB628}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="2529956" y="906880"/>
+                <a:ext cx="2808501" cy="1123400"/>
+              </a:xfrm>
+              <a:prstGeom prst="chevron">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+            <p:style>
+              <a:lnRef idx="2">
+                <a:schemeClr val="lt1">
+                  <a:hueOff val="0"/>
+                  <a:satOff val="0"/>
+                  <a:lumOff val="0"/>
+                  <a:alphaOff val="0"/>
+                </a:schemeClr>
+              </a:lnRef>
+              <a:fillRef idx="1">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="90000"/>
+                  <a:hueOff val="0"/>
+                  <a:satOff val="0"/>
+                  <a:lumOff val="0"/>
+                  <a:alphaOff val="-20000"/>
+                </a:schemeClr>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="90000"/>
+                  <a:hueOff val="0"/>
+                  <a:satOff val="0"/>
+                  <a:lumOff val="0"/>
+                  <a:alphaOff val="-20000"/>
+                </a:schemeClr>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </p:style>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:endParaRPr lang="nn-NO"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="13" name="Pil: vinkeltegn 6">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A3DBD48-EE34-5670-DAA3-BBA714CB73BC}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="3091656" y="906880"/>
+                <a:ext cx="1685101" cy="1123400"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+            <p:style>
+              <a:lnRef idx="0">
+                <a:scrgbClr r="0" g="0" b="0"/>
+              </a:lnRef>
+              <a:fillRef idx="0">
+                <a:scrgbClr r="0" g="0" b="0"/>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:scrgbClr r="0" g="0" b="0"/>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </p:style>
+            <p:txBody>
+              <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+                <a:noAutofit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPct val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPct val="35000"/>
+                  </a:spcAft>
+                  <a:buNone/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+                  <a:t>B</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPct val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPct val="35000"/>
+                  </a:spcAft>
+                  <a:buNone/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+                  <a:t>Utprøving med elever</a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="9" name="Gruppe 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05ECF0EF-6B87-2ED9-54F2-14F5F3EB2095}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="9073899" y="5440217"/>
+              <a:ext cx="2808501" cy="1123400"/>
+              <a:chOff x="5057607" y="906880"/>
+              <a:chExt cx="2808501" cy="1123400"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="10" name="Pil: vinkeltegn 9">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F985AF3-2391-77A3-FC0C-5B93E4079E6C}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="5057607" y="906880"/>
+                <a:ext cx="2808501" cy="1123400"/>
+              </a:xfrm>
+              <a:prstGeom prst="chevron">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+            <p:style>
+              <a:lnRef idx="2">
+                <a:schemeClr val="lt1">
+                  <a:hueOff val="0"/>
+                  <a:satOff val="0"/>
+                  <a:lumOff val="0"/>
+                  <a:alphaOff val="0"/>
+                </a:schemeClr>
+              </a:lnRef>
+              <a:fillRef idx="1">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="90000"/>
+                  <a:hueOff val="0"/>
+                  <a:satOff val="0"/>
+                  <a:lumOff val="0"/>
+                  <a:alphaOff val="-40000"/>
+                </a:schemeClr>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="90000"/>
+                  <a:hueOff val="0"/>
+                  <a:satOff val="0"/>
+                  <a:lumOff val="0"/>
+                  <a:alphaOff val="-40000"/>
+                </a:schemeClr>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </p:style>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:endParaRPr lang="nn-NO"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="11" name="Pil: vinkeltegn 8">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02F3E0F2-5A5F-4ED5-3A4B-9453E1C35158}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="5619307" y="906880"/>
+                <a:ext cx="1685101" cy="1123400"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+            <p:style>
+              <a:lnRef idx="0">
+                <a:scrgbClr r="0" g="0" b="0"/>
+              </a:lnRef>
+              <a:fillRef idx="0">
+                <a:scrgbClr r="0" g="0" b="0"/>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:scrgbClr r="0" g="0" b="0"/>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </p:style>
+            <p:txBody>
+              <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+                <a:noAutofit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPct val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPct val="35000"/>
+                  </a:spcAft>
+                  <a:buNone/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+                  <a:t>C</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPct val="0"/>
+                  </a:spcBef>
+                  <a:spcAft>
+                    <a:spcPct val="35000"/>
+                  </a:spcAft>
+                  <a:buNone/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+                  <a:t>Erfaringsdeling lærere</a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
+      </p:grpSp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="20" name="Tabell 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65F3D87B-E9E7-A6D0-B797-91C7BB99B021}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1632756313"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5980244" y="1557334"/>
+          <a:ext cx="5983861" cy="3723259"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1">
+                <a:effectLst/>
+                <a:tableStyleId>{306799F8-075E-4A3A-A7F6-7FBC6576F1A4}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1500009">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="633868185"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="4483852">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="547759138"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="362149">
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1800" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Kjennetegn på elevers utbytte av uteundervisning</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="BBD1CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2794508383"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="969750">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Kobling mellom </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="nb-NO" sz="1200" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>teori og praksis</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>relaterer ny teori til egne erfaringer</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>observerer nøye og beskriver det som er der</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>ser sammenhenger</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bygger forklaringer og tolkninger</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3023469494"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1136555">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Motivasjon</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser engasjement</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bidrar og deltar aktivt</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>er konsentrert om aktiviteten</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser utholdenhet og tar ansvar for å gjennomføre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3969480718"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1136555">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Gode samspill</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>løser oppgaver sammen</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>lytter til andre og venter på tur</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser tålmodighet og forklarer dersom noen ikke forstår</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>gir konstruktive tilbakemeldinger til hverandre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="16953619"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="114586526"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Tittel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE608029-EBA7-2B0D-D98C-FF61D2402C0B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-[...7 lines deleted...]
-              <a:t>Hvilket ord gjemmer seg her?</a:t>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="6000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="227186"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>B – Utprøving</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="6" name="TekstSylinder 5">
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8" name="Plassholder for innhold 3" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34E2BAC6-9889-61B2-1793-92533427DCB5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{078B5267-5E69-E2DD-8709-7BDD0B21A836}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469129658"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1391249" y="1983399"/>
+          <a:ext cx="7868414" cy="2937162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Bildeforklaring formet som et avrundet rektangel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F96C5C2-5B17-AF2F-9DD2-08C2175F21C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3851910" y="2485382"/>
-            <a:ext cx="614616" cy="1107996"/>
+            <a:off x="6769556" y="1320618"/>
+            <a:ext cx="4980214" cy="1147267"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-            <a:avLst/>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -46637"/>
+              <a:gd name="adj2" fmla="val 73734"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
           </a:prstGeom>
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="00B050"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>K</a:t>
+              <a:t>Etter at vi har gjort </a:t>
             </a:r>
-            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>B – Utprøving </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>med elever, møtes vi til </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>C – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Er</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>faringsdeling</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="nb-NO" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:srgbClr val="00B050"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
-            </a:endParaRPr>
-[...482 lines deleted...]
-              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1667196132"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="999803548"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B0BC282-DD68-6F6C-FA80-5B673AA5A0D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>C – Erfaringsdeling</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Undertittel 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02E13395-46C5-E77F-C56B-45CF2E178EFA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Elevenes utbytte av uteundervisning</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1555336453"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BDFEA87-FFF0-EE67-6E07-871F9A4389A7}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639BD534-6A1A-2677-5C6D-CF8C9A6E00F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
               <a:t>Mål</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for innhold 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24A98D7-926C-9CB5-8A41-F726FBE762E1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="5994400" cy="2944602"/>
+            <a:off x="838200" y="1383075"/>
+            <a:ext cx="5994400" cy="4091849"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1800"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent3"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="nb-NO" dirty="0">
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>Denne modulen handler om hvordan vi kan strukturere et opplegg som bruker uterommet.</a:t>
+              <a:t>I denne modulen skal vi se på hvilket utbytte elevene kan ha av uteundervisning. I tillegg skal vi bli kjent med noen ressurser som kan bidra til å gjøre det enklere å ta elevene med ut ved å bruke </a:t>
             </a:r>
-            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>skolens nærområde. </a:t>
+            </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1800"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent3"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-              <a:t>I alle uteromsmodulene skal dere sammen reflektere over og videreutvikle praksis for å bidra til elevenes læring og utvikling gjennom uteundervisning. </a:t>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Modulen består av tre deler:</a:t>
             </a:r>
-          </a:p>
-[...30 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0">
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Bilde 8" descr="Foto: To elever som er ute, de måler tykkelsen av en trestamme. &#10;&#10;">
+          <p:cNvPr id="10" name="Bilde 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA49D18B-1C44-20C7-F484-02FAC61D458F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7444BEA1-EC26-9D00-EE36-A16F2AB7B052}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="screen">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7582213" y="1956699"/>
-            <a:ext cx="4416903" cy="2944602"/>
+            <a:off x="8149319" y="1027906"/>
+            <a:ext cx="3097457" cy="4643919"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Plassholder for innhold 3" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere&#10;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CE7093A-E9FB-3D1C-B139-329E761C5A3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="468630811"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="246434" y="4108109"/>
+          <a:ext cx="7868414" cy="2937162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Bildeforklaring formet som et avrundet rektangel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56A46AE5-0C7C-B575-DD2C-738E40F33773}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4650752" y="3623623"/>
+            <a:ext cx="3383134" cy="968972"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -110091"/>
+              <a:gd name="adj2" fmla="val 84490"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I dag skal vi gjennomføre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>A</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="nb-NO" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2047864915"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BDFEA87-FFF0-EE67-6E07-871F9A4389A7}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639BD534-6A1A-2677-5C6D-CF8C9A6E00F0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="449349"/>
+            <a:ext cx="5994400" cy="1017949"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Repeter målet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24A98D7-926C-9CB5-8A41-F726FBE762E1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1467299"/>
+            <a:ext cx="5994400" cy="3209519"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>I denne modulen har vi sett på argumenter for uteundervisning. I tillegg har dere blitt kjent med noen ressurser som kan bidra til å gjøre det enklere å ta elevene med ut ved å bruke </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>skolens nærområde.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Modulen består av tre deler:</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0">
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Plassholder for innhold 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E90F7FF-5F45-C4AD-42F3-282A456517DD}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4266525812"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="165472" y="4124438"/>
+          <a:ext cx="7868414" cy="2937162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Bilde 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7444BEA1-EC26-9D00-EE36-A16F2AB7B052}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8149319" y="1027906"/>
+            <a:ext cx="3097457" cy="4643919"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Bildeforklaring formet som et avrundet rektangel 5" descr="I dag skal vi gjennomføre C  Erfaringsdeling.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABDA4171-3816-7A4A-8741-2EAADA9D6C5C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4650752" y="3623623"/>
+            <a:ext cx="3383134" cy="968972"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 8640"/>
+              <a:gd name="adj2" fmla="val 93758"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I dag skal vi gjennomføre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>C.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="nb-NO" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1987754429"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Tittel 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-[...740 lines deleted...]
-              <a:t>Tidsplan for økt A</a:t>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Tidsplan for økt C</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="6" name="Table 4">
+          <p:cNvPr id="4" name="Table 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{080E5754-5D9A-F627-29B8-BDA046FF7388}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA601A4A-603E-FA08-9768-0682D6A9176B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="323756377"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1531164578"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1130424" y="2276872"/>
           <a:ext cx="9502080" cy="3168354"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{B301B821-A1FF-4177-AEE7-76D212191A09}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="6479924">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="682717409"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3022156">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -30345,273 +26799,7632 @@
                           </a:solidFill>
                         </a:rPr>
                         <a:t>Tid</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" b="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="498461526"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Del erfaringer</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>10 minutter</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3709373942"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>Gruppediskusjon</a:t>
+                        <a:t>Uteaktivitet i elevrolle</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
-                        <a:t>5</a:t>
+                        <a:t>25 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="x-none" sz="2200" dirty="0"/>
+                        <a:t>minutter</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="244407007"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:sym typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Analyser aktivitet</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
+                        <a:t>20 minutter</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2386477327"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Oppsummering</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>  5 minutter</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="557659506"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+                        <a:t>Totalt</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+                        <a:t>60 minutter</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2221886606"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1048193615"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85113338-67A5-6AA6-2E70-1C6D0340F1E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Del erfaringer i grupper</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93E3E2C9-46D6-9BD9-B120-4A51410E977C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for innhold 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DA977D0-E20A-CEB9-186F-8D22953AFE5C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1438344"/>
+            <a:ext cx="10515600" cy="476511"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:t>Hvilket utbytte opplevde du at elevene fikk i aktiviteten? </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="9" name="Tabell 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51AFF8C7-941E-F7E7-134A-DA375CAF0415}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1347173714"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="909222" y="1954080"/>
+          <a:ext cx="7739926" cy="4825375"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1">
+                <a:effectLst/>
+                <a:tableStyleId>{306799F8-075E-4A3A-A7F6-7FBC6576F1A4}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1940213">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="633868185"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="5799713">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="547759138"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="646975">
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2400" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Kjennetegn på elevers utbytte av uteundervisning</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="BBD1CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2794508383"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1392576">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Kobling mellom </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>teori og praksis</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>relaterer ny teori til egne erfaringer</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>observerer nøye og beskriver det som er der</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>ser sammenhenger</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bygger forklaringer og tolkninger</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3023469494"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1392576">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Motivasjon</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser engasjement</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bidrar og deltar aktivt</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>er konsentrert om aktiviteten</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser utholdenhet og tar ansvar for å gjennomføre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3969480718"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1392576">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Gode samspill</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>løser oppgaver sammen</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>lytter til andre og venter på tur</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser tålmodighet og forklarer dersom noen ikke forstår</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>gir konstruktive tilbakemeldinger til hverandre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="16953619"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2870743749"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A18A0FD5-5A19-5932-2356-23DE796E0177}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56046F21-BA0F-E3B6-5FD2-C01CA875A4E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1420009" y="1814405"/>
+            <a:ext cx="9369911" cy="2177328"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ny u</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>teaktivitet i elevrolle</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D838AA3-96C5-C035-37A8-8B0507C1B78C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>25</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> minutter</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9203FE0E-0AF2-B7E1-17BC-ABA510A09654}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2983445234"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8105502-907C-7FD8-A868-431321BEF3E7}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE76567B-D323-E723-FBAF-04F45DC06720}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Gjennomfører utedelen</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="3600" b="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for innhold 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCF0266B-4D77-9BF3-99D7-D9ACB953C1BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>15 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87C4623C-90FB-000E-B4FB-B221F0A8B8F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5994400" cy="2417023"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal nå bli kjent aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Hvordan trener astronauter når de kommer tilbake?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>fra</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>naturfag.no/uterommet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Vi går ut og gjennomfører utedelen i aktiviteten. Etterpå skal dere vurdere utbyttet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Modulleder er lærer og de andre er i elevrolle. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rektangel: avrundede hjørner 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA79F9A1-E675-1760-DCC1-3E40021F8DB6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="4733609"/>
+            <a:ext cx="5727700" cy="977900"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3200" b="1" dirty="0"/>
+              <a:t>Ses ute </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3200" b="1" dirty="0">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="3200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="9" name="Group 8" descr="Skjermbilde av nettsiden som viser undervisningsopplegget &quot;Hvilket kjennetegn har småkrypene?&quot; på naturfag.no/uterommet.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CAC8ED1-9D0B-8DCA-BA11-C341913E7707}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7796893" y="1751087"/>
+            <a:ext cx="3927022" cy="4016527"/>
+            <a:chOff x="7796893" y="1751087"/>
+            <a:chExt cx="3927022" cy="4016527"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="3" name="Bilde 2">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A029B05-3BD8-9E9C-9C52-23B261CD4A45}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7796893" y="2073818"/>
+              <a:ext cx="3927022" cy="3693796"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="2" name="Bilde 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47B50948-4A98-315F-2E0A-C81EDB061E40}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId5" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7796893" y="1751087"/>
+              <a:ext cx="3927022" cy="1430357"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="TekstSylinder 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8122082B-7A58-2192-04D2-4BC33CBCC522}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9943281" y="2410438"/>
+              <a:ext cx="1406912" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nb-NO" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="285770"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>/uterommet</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2972107981"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{812EB6DB-D05B-3A62-8CB5-9611B3C1D6AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Gjennomfør etterarbeid</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Plassholder for innhold 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3A141A7-D220-612A-62DC-0A078B4F6F38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal nå bli kjent med </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>etterarbeidet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t> i aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Hvordan trener astronauter når de kommer tilbake? </a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="2400"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>Samarbeid i par:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Åpne nettsiden: naturfag.no/uterommet og finn aktiviteten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Se filmen, les gjennom beskrivelsen og se gjennom presentasjonen til etterarbeidet. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C35678B-C836-3010-2A03-41EB3B7C8A91}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="10" name="Group 9" descr="Skjermbilde av nettsiden som viser undervisningsopplegget &quot;Hvilket kjennetegn har småkrypene?&quot; på naturfag.no/uterommet.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24765937-57DB-13C1-CAC3-6A5C833649F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7796893" y="1751087"/>
+            <a:ext cx="3927022" cy="4016527"/>
+            <a:chOff x="7796893" y="1751087"/>
+            <a:chExt cx="3927022" cy="4016527"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="11" name="Bilde 2">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F76F303-47AE-FDB6-5ED3-44A88FC36DDB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7796893" y="2073818"/>
+              <a:ext cx="3927022" cy="3693796"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="13" name="Bilde 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38C8F988-CA9F-2294-1395-28815CDB1787}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId5" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7796893" y="1751087"/>
+              <a:ext cx="3927022" cy="1430357"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="TekstSylinder 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC1321CF-2B5A-5D34-729B-820A5634E6E2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9943281" y="2410438"/>
+              <a:ext cx="1406912" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nb-NO" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="285770"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>/uterommet</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2595274699"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08493663-5BBB-6E77-CD03-A6C445C767B1}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201F204D-8D85-75F3-724E-E37496009787}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814405"/>
+            <a:ext cx="8582025" cy="2177328"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Analyser aktivitet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C28780FD-1D28-B43C-D7C9-14F4EC7D8DD1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>20</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> minutter</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6587D5C9-1759-F456-BC85-369F0F826215}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="914317203"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F925AC1D-EF38-9CDC-4AD9-655F8DE0AE4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="85425"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Vurder utbytte</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for innhold 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E685297B-3993-8F02-EE2E-6A1323D99204}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TekstSylinder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E966874-070E-C5CA-DBE3-93083E45EB14}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1087822"/>
+            <a:ext cx="8348831" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>Samarbeid i grupper</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>: Bruk tabellen, og vurder hvilket utbytte dere fikk av </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+              </a:rPr>
+              <a:t>aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Hvordan trener astronauter når de kommer tilbake? </a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="9" name="Tabell 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BA35DF3-1EB4-5F04-0E29-ABF3698988F6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3514846673"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="909222" y="1975604"/>
+          <a:ext cx="7739926" cy="4761912"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1">
+                <a:effectLst/>
+                <a:tableStyleId>{306799F8-075E-4A3A-A7F6-7FBC6576F1A4}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1940213">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="633868185"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="5799713">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="547759138"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="583512">
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2400" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Kjennetegn på elevers utbytte av uteundervisning</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="BBD1CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2794508383"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1305664">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Kobling mellom </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>teori og praksis</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>relaterer ny teori til egne erfaringer</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>observerer nøye og beskriver det som er der</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>ser sammenhenger</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bygger forklaringer og tolkninger</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3023469494"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1305664">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Motivasjon</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser engasjement</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bidrar og deltar aktivt</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>er konsentrert om aktiviteten</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser utholdenhet og tar ansvar for å gjennomføre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3969480718"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1305664">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Gode samspill</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>løser oppgaver sammen</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>lytter til andre og venter på tur</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser tålmodighet og forklarer dersom noen ikke forstår</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>gir konstruktive tilbakemeldinger til hverandre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="16953619"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1187476693"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F925AC1D-EF38-9CDC-4AD9-655F8DE0AE4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="63908"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Del i plenum</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for innhold 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E685297B-3993-8F02-EE2E-6A1323D99204}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TekstSylinder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E966874-070E-C5CA-DBE3-93083E45EB14}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1066305"/>
+            <a:ext cx="8005176" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Hvilket utbytte hadde dere av </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+              </a:rPr>
+              <a:t>aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Hvordan trener astronauter når de kommer tilbake? </a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="9" name="Tabell 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D89BAFC-69BC-FE06-12D3-52C99E39436F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2925725548"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="909222" y="1975604"/>
+          <a:ext cx="7739926" cy="4761912"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1">
+                <a:effectLst/>
+                <a:tableStyleId>{306799F8-075E-4A3A-A7F6-7FBC6576F1A4}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1940213">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="633868185"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="5799713">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="547759138"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="583512">
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2400" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Kjennetegn på elevers utbytte av uteundervisning</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="BBD1CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2794508383"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1305664">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Kobling mellom </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>teori og praksis</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>relaterer ny teori til egne erfaringer</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>observerer nøye og beskriver det som er der</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>ser sammenhenger</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bygger forklaringer og tolkninger</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3023469494"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1305664">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Motivasjon</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser engasjement</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bidrar og deltar aktivt</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>er konsentrert om aktiviteten</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser utholdenhet og tar ansvar for å gjennomføre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3969480718"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1305664">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Gode samspill</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>løser oppgaver sammen</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>lytter til andre og venter på tur</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser tålmodighet og forklarer dersom noen ikke forstår</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>gir konstruktive tilbakemeldinger til hverandre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="16953619"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1432607541"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85113338-67A5-6AA6-2E70-1C6D0340F1E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Oppsummering</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D97C12F2-CAC9-DAEE-D61E-815D49DFA51C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>5 min</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TekstSylinder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{715115A5-A87D-E969-5C4A-334BD7604FB3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="771940" y="2146161"/>
+            <a:ext cx="4671429" cy="2015936"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>I denne modulen har dere blitt kjent med </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>hvilket utbytte elevene kan ha av uteundervisning. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Avslutt med å diskutere hvordan dere kan bruke tabellen i egen praksis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="10" name="Tabell 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10C5DD87-AFE3-AD3D-705B-5E21CA5AE169}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1332689815"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5894180" y="1804756"/>
+          <a:ext cx="5983861" cy="3723259"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1">
+                <a:effectLst/>
+                <a:tableStyleId>{306799F8-075E-4A3A-A7F6-7FBC6576F1A4}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1500009">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="633868185"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="4483852">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="547759138"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="362149">
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1800" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Kjennetegn på elevers utbytte av uteundervisning</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="BBD1CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2794508383"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="969750">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Kobling mellom </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="nb-NO" sz="1200" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>teori og praksis</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>relaterer ny teori til egne erfaringer</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>observerer nøye og beskriver det som er der</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>ser sammenhenger</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bygger forklaringer og tolkninger</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3023469494"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1136555">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Motivasjon</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser engasjement</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bidrar og deltar aktivt</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>er konsentrert om aktiviteten</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser utholdenhet og tar ansvar for å gjennomføre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3969480718"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1136555">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Gode samspill</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>løser oppgaver sammen</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>lytter til andre og venter på tur</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser tålmodighet og forklarer dersom noen ikke forstår</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>gir konstruktive tilbakemeldinger til hverandre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1050" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="16953619"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="757490236"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CA85774-CEFE-8109-50F8-6C8295C0E6B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>A – Samarbeid</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Undertittel 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B29DA340-A3B8-C6C3-CF6E-BBB18D7A4B4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Elevenes utbytte av uteundervisning</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1987299400"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC30409-E7F8-F7F3-6084-C78734E3DA58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Helt til slutt</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nb-NO" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3200" i="1" dirty="0"/>
+              <a:t>Hvilket ord gjemmer seg her?</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TekstSylinder 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE7335FE-F328-463B-4E12-3036F7877FA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="2263957"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>R</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TekstSylinder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F858A4DB-0EDF-5C54-C246-03DF306E1DD5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4666800" y="1843324"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>G</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TekstSylinder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A10D8DEC-1D74-3BC7-9C40-465AAAFAADBE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8182061" y="1669785"/>
+            <a:ext cx="461695" cy="1114585"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>N</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TekstSylinder 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82BD024E-EC2A-682A-3CB8-EFEDEE922429}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3282671" y="3225844"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>N</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TekstSylinder 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F98A575-6C30-7695-F49D-E0612376DD04}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5381077" y="2732629"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>I</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TekstSylinder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C3F59EB-642F-4E61-C48C-7BDDA913AEDD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8002713" y="2671846"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TekstSylinder 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B978DD85-7155-A797-46DE-F9E86D34DA55}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3424535" y="4266387"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>R</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TekstSylinder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FCF9F5D-B540-43DB-CA6F-C8144A64E12D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6903244" y="3856982"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>A</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TekstSylinder 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0E2CD44-0847-DA0F-6E7A-21729B3DF8A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10239565" y="3856982"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>E</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TekstSylinder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B3CB11B-2768-C107-84A6-1BDAF1ECD8E7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="483870" y="5319948"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>A</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TekstSylinder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC090947-B835-A0CA-08CB-3C0D87CF1A90}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3921254" y="4929355"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Æ</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TekstSylinder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34E2BAC6-9889-61B2-1793-92533427DCB5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6919150" y="5319948"/>
+            <a:ext cx="354330" cy="1107996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" cap="small" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>L</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="6600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1667196132"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Referanser</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="361950" indent="-361950">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Becker, C., Lauterbach, G., Spengler, S., </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dettweiler</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, U., &amp; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mess</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, F. (2017). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Effects of regular classes in outdoor education settings: A systematic review on students’ learning, social and health dimension. International Journal of Environmental Research and Public Health, 14(5), 1–20.</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="1500" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="361950" indent="-361950">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Frøyland, M., &amp; Remmen, K. B. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Utvidet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> klasserom i naturfag. Oslo: universitetsforlaget.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="361950" indent="-361950">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gabrielsen, A., &amp; Korsager, M. (2018). Nærmiljø som læringsarena i undervisning for bærekraftig utvikling. En analyse av læreres erfaringer og refleksjoner. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Nordic Studies in Science Education, 14(4), 335–349.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="361950" indent="-361950">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Korsager, M., &amp; Gabrielsen, A. (2024). Naturen som læringsarena i norsk grunnskole - En oversiktsstudie. Acta </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Didactica</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> Norden. 18 (2), 1-19.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="361950" indent="-361950">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kunnskapsdepartementet (2017). Overordnet del – verdier og prinsipper for grunnopplæringen. Fastsatt som forskrift ved kongelig resolusjon. Læreplanverket for Kunnskapsløftet 2020.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="361950" indent="-361950">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mygind, L., </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kjeldsted</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, E., </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hartmeyer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, R., </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Myding</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, E., &amp; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Bølling</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, M. (2019). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mental, physical and social health benefits of immersive nature-experience for children and adolescents: A systematic review and quality assessment of the evidence. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Health &amp; Place, 58, 1353–8292.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="361950" indent="-361950">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Remmen, K. B., &amp; Iversen, E. (2023). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>A scoping review of research on school-based outdoor education in the Nordic countries. Journal of Adventure Education and Outdoor Learning, 23(4), 433-451.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="361950" indent="-361950">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ritchhart, R. (2011). Making thinking visible: How to promote engagement, understanding, and independence for all learners. Jossey-Bass.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1262489044"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95CADC55-4389-E3D0-DD8D-6393C4A1033F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Tidsplan for økt A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="6" name="Table 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{080E5754-5D9A-F627-29B8-BDA046FF7388}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1871350500"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="944157" y="1785806"/>
+          <a:ext cx="9502080" cy="3168354"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{B301B821-A1FF-4177-AEE7-76D212191A09}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="6479924">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="682717409"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="3022156">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="985515506"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="x-none" sz="2200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Aktivitet</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="x-none" sz="2200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Tid</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="498461526"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:sym typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Hvorfor utvide klasserommet?</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+                        <a:t>15</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="x-none" sz="2200" dirty="0"/>
                         <a:t> minutter</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="244407007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="dk1"/>
+                            <a:schemeClr val="tx1"/>
                           </a:solidFill>
-                          <a:sym typeface="Calibri"/>
                         </a:rPr>
-                        <a:t>Eksempelaktivitet</a:t>
+                        <a:t>Uteaktivitet</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="0" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t> i elevrolle </a:t>
                       </a:r>
                       <a:endParaRPr lang="nb-NO" sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
-                        <a:t>15</a:t>
-[...3 lines deleted...]
-                        <a:t> </a:t>
+                        <a:t>25</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="x-none" sz="2200" dirty="0"/>
-                        <a:t>minutter</a:t>
+                        <a:t> minutter</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2386477327"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>Hvordan designe et opplegg som bruker uterommet?</a:t>
+                        <a:t>Vurder utbytte av uteaktivitet</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
-                        <a:t>30 minutter</a:t>
+                        <a:t>10 minutter</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="810729883"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
-                        <a:t>Planlegg utprøving</a:t>
+                        <a:t>Planlegge utprøving</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
@@ -30698,1262 +34511,2334 @@
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2188128414"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87F728AB-3B95-430E-316F-F5D4298BADBD}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A10ED297-A675-E6E6-D439-41276ACC7192}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8934238E-A680-2FC0-9CED-02B1E8BC4D6E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1804987" y="1814404"/>
-            <a:ext cx="8582025" cy="2441909"/>
+            <a:off x="1804987" y="1814405"/>
+            <a:ext cx="8582025" cy="2177328"/>
           </a:xfrm>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" sz="6600">
+              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
-              <a:t>Gruppediskusjon</a:t>
+              <a:t>Hvorfor utvide klasserommet?</a:t>
             </a:r>
-            <a:endParaRPr lang="nb-NO" sz="6600" b="1" kern="1200">
-[...6 lines deleted...]
-            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C8DA126-8638-4671-BD4D-69B271A8439F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>15</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> minutter</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Graphic 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74A9D825-6946-DB23-7423-51E528F35A7E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FD9D815-F883-2DF1-2E39-3FBED10710E1}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4439970" y="4439512"/>
             <a:ext cx="1108171" cy="1108171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...53 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1490664144"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1023123026"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Tittel 3">
+          <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ACB65CC-C676-6D3A-06BF-F7F014F9190F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{963FAC91-2CAA-5131-8142-6A0FCCEFBD56}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Hvorfor uteundervisning?</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="3600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BECB551E-9CAF-98C3-154B-680C2040B26E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838199" y="1825625"/>
+            <a:ext cx="10515601" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" b="1" dirty="0"/>
+              <a:t>Diskuter i grupper:</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Gruppediskusjon</a:t>
+              <a:t>Hvilke fordeler tenker du at elever kan ha av uteundervisning?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3069852723"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Tittel 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC1F25C6-D4ED-5EA0-3F61-E8904013853B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Hva sier læreplanen om elevenes utbytte?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for innhold 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC09F7A9-4B41-54E2-2CE7-0F25E266F7E9}"/>
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7FD2721-77E0-9972-A81D-FF54619A3102}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3200299A-FE6A-E155-1C0E-B28D853C05C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
-            <a:ext cx="5632938" cy="4351338"/>
+            <a:ext cx="7189620" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0">
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
-              <a:t>Les påstand 1: </a:t>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>I den overordnete delen av læreplanen står det:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Gjennom opplæringen skal elevene få kunnskap om og utvikle respekt for naturen. De skal få oppleve naturen og se den som en kilde til nytte, glede, helse og læring.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-[...19 lines deleted...]
-              </a:spcAft>
+            <a:pPr marL="0" indent="0" algn="r">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
-              <a:t>Gjenta for påstand 2.</a:t>
+              <a:rPr lang="nb-NO" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Kunnskapsdepartementet (2017), pkt. </a:t>
             </a:r>
-          </a:p>
-[...42 lines deleted...]
-              <a:defRPr sz="2400" b="0" i="0" kern="1200">
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...156 lines deleted...]
-              <a:t>Påstand 1</a:t>
+              </a:rPr>
+              <a:t>1.5</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" sz="2200" i="1" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-              <a:t>«Vi må ha et teoretisk forarbeid før vi skal ha uteaktivitet.»</a:t>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Ved å bruke varierte læringsarenaer kan skolen gi elevene praktiske og livsnære erfaringer som fremmer motivasjon og innsikt. Lokalmiljøets og samfunnets engasjement kan bidra positivt til skolens og elevenes utvikling.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr marL="0" indent="0" algn="r">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Kunnskapsdepartementet (2017), pkt.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> 3.1</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2000" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
-            <a:r>
-[...14 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Bilde 6" descr="Foto: Tre elever som er ute. De ser på ulike planter som er innenfor et kvadrat som er avgrenset med hyssing. ">
+          <p:cNvPr id="4" name="Bilde 3" descr="Foto av barn som går på en vei. ">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CEB5C79-79E2-5F7C-E2B5-5B90904C2AF8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{194D0E57-83AE-2FA1-8B43-97ED7EB5C44F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8027820" y="2350294"/>
+            <a:ext cx="4164180" cy="3123135"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst>
+            <a:softEdge rad="112500"/>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1781808589"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0ED0AFF-7958-EDB6-8A30-7BF62AB1CFDB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" b="0" kern="1200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Hva sier forskning om elevenes utbytte?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Plassholder for innhold 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFCE5138-7FA1-DB54-AC87-4D881E97235F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1699990"/>
+            <a:ext cx="5387502" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Det er mange fordeler ved å bruke andre læringsarenaer i undervisninga, blant annet kan elevene:  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>bedre forstå sammenhengen mellom teori og praksis</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>få a</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:sym typeface="Lustria"/>
+              </a:rPr>
+              <a:t>utentiske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:sym typeface="Lustria"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:sym typeface="Lustria"/>
+              </a:rPr>
+              <a:t>og konkrete erfaringer</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>oppleve at fagstoffet blir mer relevant</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>bli mer aktive i egen læringsprosess</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>bli mer motiverte</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>få sosialt utbytte som samarbeid og kommunikasjon</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Bilde 5" descr="Foto av barn som går på en vei. ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED768AE4-EA24-5B19-9316-A71B147B98F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="screen">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7991244" y="296555"/>
-            <a:ext cx="3581409" cy="2388772"/>
+            <a:off x="6487979" y="1727674"/>
+            <a:ext cx="5181600" cy="3886200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TekstSylinder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0F303B9-5F86-F3C9-5D48-A76727F16D76}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838201" y="6060631"/>
+            <a:ext cx="5387502" cy="571175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1200" b="1" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Becker et al., 2017; Frøyland og Remmen, 2019; Korsager og Gabrielsen, 2024; Mygind et al., 2019; Remmen og Iversen, 2023</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="1200" b="1" i="0" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Snakkeboble: rektangel med avrundede hjørner 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1FBC036-D31A-2A38-09B1-23A05FB54309}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6622181" y="3811979"/>
+            <a:ext cx="3782727" cy="2239349"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 92283"/>
+              <a:gd name="adj2" fmla="val 63861"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Hvordan kan vi vite om elevene opplever dette? I tabellen på neste side står det beskrevet noen kjennetegn du kan se etter.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2096379755"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1109773500"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="3" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Tittel 3">
+          <p:cNvPr id="4" name="Title 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48144612-7B2A-28F4-5649-ACFB13A50DCF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{764277D7-0F1F-34E0-6CA6-E8163175DD09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1804987" y="1814404"/>
-[...223 lines deleted...]
-            <a:ext cx="1128156" cy="343644"/>
+            <a:off x="730622" y="-1076400"/>
+            <a:ext cx="10515600" cy="1024013"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>15 min</a:t>
+              <a:rPr lang="nb-NO" sz="3600" b="1" kern="100" dirty="0"/>
+              <a:t>Kjennetegn på elevers utbytte av uteundervisning</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="3600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="Tabell 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF635EB3-AE29-DB8B-8A35-C78CC7C93F49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="775030974"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="833921" y="374999"/>
+          <a:ext cx="8998568" cy="5739775"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1">
+                <a:effectLst/>
+                <a:tableStyleId>{306799F8-075E-4A3A-A7F6-7FBC6576F1A4}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2255724">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="633868185"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="6742844">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="547759138"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="646975">
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="3200" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Kjennetegn på elevers utbytte av uteundervisning</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="BBD1CC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2794508383"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1392576">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Kobling mellom </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="nb-NO" sz="2000" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>teori og praksis</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>relaterer ny teori til egne erfaringer</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>observerer nøye og beskriver det som er der</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>ser sammenhenger</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bygger forklaringer og tolkninger</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3023469494"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1392576">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Motivasjon</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser engasjement</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bidrar og deltar aktivt</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>er konsentrert om aktiviteten</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser utholdenhet og tar ansvar for å gjennomføre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3969480718"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1392576">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="1" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Gode samspill</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Elevene</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>løser oppgaver sammen</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>lytter til andre og venter på tur</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>viser tålmodighet og forklarer dersom noen ikke forstår</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" indent="-342900">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="100"/>
+                        </a:spcAft>
+                        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:buChar char="•"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2000" b="0" kern="100" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>gir konstruktive tilbakemeldinger til hverandre</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1600" b="0" kern="100" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="72000" marR="36000" marT="36000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="16953619"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Snakkeboble: rektangel med avrundede hjørner 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21FD562F-6FD4-4EF8-9075-AF9EC4727F56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8821270" y="3364455"/>
+            <a:ext cx="3197157" cy="1405395"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 37714"/>
+              <a:gd name="adj2" fmla="val 86995"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Hvordan stemmer dette med deres erfaringer?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Plassholder for innhold 4">
+          <p:cNvPr id="5" name="TekstSylinder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87C4623C-90FB-000E-B4FB-B221F0A8B8F2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0F303B9-5F86-F3C9-5D48-A76727F16D76}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="4083756" cy="4351338"/>
+            <a:off x="772699" y="6196403"/>
+            <a:ext cx="8788581" cy="530659"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1800"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
-              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-              <a:t>Vi skal nå bli kjent med et opplegg som inneholder en </a:t>
+              <a:rPr lang="nb-NO" sz="1200" b="1" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Basert på: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
-              <a:t>utedel</a:t>
+              <a:rPr lang="nb-NO" sz="1200" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Becker et al., 2017; Frøyland og Remmen, 2019; </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-              <a:t>.</a:t>
+              <a:rPr lang="en-US" sz="1200" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Idsøe, 2022; Sawyer, 2014; </a:t>
             </a:r>
-          </a:p>
-[...6 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-              <a:t>Etterpå skal vi bruke opplegget som utgangspunkt for refleksjon.</a:t>
+              <a:rPr lang="nb-NO" sz="1200" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Korsager og Gabrielsen</a:t>
             </a:r>
-          </a:p>
-[...6 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-              <a:t>Vi går ut og gjennomfører utedelen i opplegget.</a:t>
+              <a:rPr lang="nb-NO" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
             </a:r>
-            <a:endParaRPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
-[...7 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-              <a:t>Modulleder er lærer og de andre er i elevrolle.</a:t>
+              <a:rPr lang="nb-NO" sz="1200" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> 2024; Mygind et al., 2019; Remmen og Iversen, 2023; </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Ritchhart, Church and Morrison, 2011</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="1200" i="0" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...41 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="953077410"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1855429495"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sld>
-[...182 lines deleted...]
-  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="3" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Egendefinert 2">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="227186"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="227186"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="A0D2D8"/>
       </a:accent2>
@@ -32507,113 +37392,115 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1352</Words>
+  <Words>1980</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>172</Paragraphs>
-[...1 lines deleted...]
-  <Notes>9</Notes>
+  <Paragraphs>335</Paragraphs>
+  <Slides>31</Slides>
+  <Notes>15</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Brukte skrifter</vt:lpstr>
+        <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Lysbildetitler</vt:lpstr>
+        <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>30</vt:i4>
+        <vt:i4>31</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="35" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Calibri Light</vt:lpstr>
+    <vt:vector size="37" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>Lustria</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office-tema</vt:lpstr>
-      <vt:lpstr>Design opplegg som bruker uterommet</vt:lpstr>
+      <vt:lpstr>Elevenes utbytte av uteundervisning</vt:lpstr>
+      <vt:lpstr>Mål</vt:lpstr>
       <vt:lpstr>A – Samarbeid</vt:lpstr>
-      <vt:lpstr>Mål</vt:lpstr>
       <vt:lpstr>Tidsplan for økt A</vt:lpstr>
-      <vt:lpstr>Gruppediskusjon</vt:lpstr>
-[...10 lines deleted...]
-      <vt:lpstr>Refleksjon</vt:lpstr>
+      <vt:lpstr>Hvorfor utvide klasserommet?</vt:lpstr>
+      <vt:lpstr>Hvorfor uteundervisning?</vt:lpstr>
+      <vt:lpstr>Hva sier læreplanen om elevenes utbytte?</vt:lpstr>
+      <vt:lpstr>Hva sier forskning om elevenes utbytte?</vt:lpstr>
+      <vt:lpstr>Kjennetegn på elevers utbytte av uteundervisning</vt:lpstr>
+      <vt:lpstr>Uteaktivitet i elevrolle</vt:lpstr>
+      <vt:lpstr>naturfag.no/uterommet</vt:lpstr>
+      <vt:lpstr>Gjennomfør uteaktivitet</vt:lpstr>
+      <vt:lpstr>Etterarbeid i aktiviteten</vt:lpstr>
+      <vt:lpstr>Vurder utbytte av uteaktivitet</vt:lpstr>
+      <vt:lpstr>Hvilket utbytte dere opplevde å få?</vt:lpstr>
       <vt:lpstr>Planlegg utprøving</vt:lpstr>
-      <vt:lpstr>Planlegg utprøving</vt:lpstr>
-      <vt:lpstr>Tre raske før vi avslutter Hvilke ord mangler?</vt:lpstr>
+      <vt:lpstr>Planlegg utprøving med elever</vt:lpstr>
       <vt:lpstr>B – Utprøving</vt:lpstr>
-      <vt:lpstr>Gjennomfør utprøving med elever</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Mål</vt:lpstr>
+      <vt:lpstr>C – Erfaringsdeling</vt:lpstr>
+      <vt:lpstr>Repeter målet</vt:lpstr>
       <vt:lpstr>Tidsplan for økt C</vt:lpstr>
-      <vt:lpstr>Del erfaringer</vt:lpstr>
       <vt:lpstr>Del erfaringer i grupper</vt:lpstr>
-      <vt:lpstr>Del erfaringer i grupper</vt:lpstr>
-      <vt:lpstr>Diskuter i plenum</vt:lpstr>
+      <vt:lpstr>Ny uteaktivitet i elevrolle</vt:lpstr>
+      <vt:lpstr>Gjennomfører utedelen</vt:lpstr>
+      <vt:lpstr>Gjennomfør etterarbeid</vt:lpstr>
+      <vt:lpstr>Analyser aktivitet</vt:lpstr>
+      <vt:lpstr>Vurder utbytte</vt:lpstr>
+      <vt:lpstr>Del i plenum</vt:lpstr>
+      <vt:lpstr>Oppsummering</vt:lpstr>
       <vt:lpstr>Helt til slutt Hvilket ord gjemmer seg her?</vt:lpstr>
       <vt:lpstr>Referanser</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint-presentasjon</dc:title>
   <dc:creator>Celine Aas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>