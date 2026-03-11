--- v0 (2025-10-02)
+++ v1 (2026-03-11)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/comments/comment1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.comments+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId16"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="329" r:id="rId2"/>
     <p:sldId id="341" r:id="rId3"/>
     <p:sldId id="333" r:id="rId4"/>
     <p:sldId id="337" r:id="rId5"/>
     <p:sldId id="335" r:id="rId6"/>
     <p:sldId id="336" r:id="rId7"/>
     <p:sldId id="339" r:id="rId8"/>
     <p:sldId id="340" r:id="rId9"/>
     <p:sldId id="342" r:id="rId10"/>
@@ -424,149 +424,95 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="34598" autoAdjust="0"/>
     <p:restoredTop sz="86411" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="69" d="100"/>
-          <a:sy n="69" d="100"/>
+          <a:sx n="101" d="100"/>
+          <a:sy n="101" d="100"/>
         </p:scale>
-        <p:origin x="84" y="588"/>
+        <p:origin x="192" y="102"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="75" d="100"/>
         <a:sy n="75" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
-  <pc:docChgLst>
-[...52 lines deleted...]
-  </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{1544654A-963A-43BE-9912-6F4CA7397E4F}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{1544654A-963A-43BE-9912-6F4CA7397E4F}" dt="2024-04-02T10:37:20.486" v="306" actId="13244"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{1544654A-963A-43BE-9912-6F4CA7397E4F}" dt="2024-04-02T10:33:10.357" v="271" actId="962"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2532505732" sldId="327"/>
         </pc:sldMkLst>
         <pc:picChg chg="mod">
           <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{1544654A-963A-43BE-9912-6F4CA7397E4F}" dt="2024-04-02T10:33:10.357" v="271" actId="962"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2532505732" sldId="327"/>
             <ac:picMk id="3" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:picMkLst>
         </pc:picChg>
         <pc:picChg chg="mod">
           <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{1544654A-963A-43BE-9912-6F4CA7397E4F}" dt="2024-04-02T10:32:37.759" v="237" actId="962"/>
           <ac:picMkLst>
             <pc:docMk/>
@@ -785,50 +731,104 @@
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="535212115" sldId="342"/>
             <ac:spMk id="8" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{1544654A-963A-43BE-9912-6F4CA7397E4F}" dt="2024-04-02T10:37:11.566" v="305" actId="13244"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="535212115" sldId="342"/>
             <ac:spMk id="10" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{1544654A-963A-43BE-9912-6F4CA7397E4F}" dt="2024-04-02T10:36:57.418" v="302" actId="13244"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="535212115" sldId="342"/>
             <ac:spMk id="13" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{FD83BA72-7DCA-4FEA-8B2A-460F9529F7CC}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{FD83BA72-7DCA-4FEA-8B2A-460F9529F7CC}" dt="2024-04-02T11:29:46.518" v="2" actId="962"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{FD83BA72-7DCA-4FEA-8B2A-460F9529F7CC}" dt="2024-04-02T11:29:41.294" v="0" actId="962"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1615220628" sldId="336"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{FD83BA72-7DCA-4FEA-8B2A-460F9529F7CC}" dt="2024-04-02T11:29:41.294" v="0" actId="962"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1615220628" sldId="336"/>
+            <ac:spMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{FD83BA72-7DCA-4FEA-8B2A-460F9529F7CC}" dt="2024-04-02T11:29:43.694" v="1" actId="962"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1108248278" sldId="339"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{FD83BA72-7DCA-4FEA-8B2A-460F9529F7CC}" dt="2024-04-02T11:29:43.694" v="1" actId="962"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1108248278" sldId="339"/>
+            <ac:spMk id="6" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{FD83BA72-7DCA-4FEA-8B2A-460F9529F7CC}" dt="2024-04-02T11:29:46.518" v="2" actId="962"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="668266531" sldId="340"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Øystein Sørborg" userId="39616bf6-0567-4e85-bbad-c9e729b6e6cd" providerId="ADAL" clId="{FD83BA72-7DCA-4FEA-8B2A-460F9529F7CC}" dt="2024-04-02T11:29:46.518" v="2" actId="962"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="668266531" sldId="340"/>
+            <ac:spMk id="6" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/comments/comment1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:cmLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cm authorId="2" dt="2024-04-02T13:23:01.198" idx="4">
     <p:pos x="6918" y="1827"/>
     <p:text/>
     <p:extLst>
       <p:ext uri="{C676402C-5697-4E1C-873F-D02D1690AC5C}">
         <p15:threadingInfo xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" timeZoneBias="-120"/>
       </p:ext>
     </p:extLst>
   </p:cm>
 </p:cmLst>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
@@ -888,51 +888,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{DA1B7FDD-528D-47C5-8054-40D30C210A7B}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1947,51 +1947,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2117,51 +2117,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2297,51 +2297,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2467,51 +2467,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2713,51 +2713,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2945,51 +2945,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3312,51 +3312,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3430,51 +3430,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3525,51 +3525,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3802,51 +3802,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4055,51 +4055,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4272,51 +4272,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5F614D16-A8A6-43E2-99A0-A9232FCD87FE}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>02.04.2024</a:t>
+              <a:t>27.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -4677,51 +4677,51 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments/comment1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrk.no/skole-deling/22320" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tv.nrk.no/serie/meteorologen-forklarer/sesong/2026/episode/IBOT12020517" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -4799,114 +4799,77 @@
           <a:xfrm>
             <a:off x="838200" y="5846693"/>
             <a:ext cx="10515600" cy="984705"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="nn-NO" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>Kor mange mm nedbør blir det av </a:t>
-[...29 lines deleted...]
-              <a:t>?</a:t>
+              <a:t>Kor mange mm nedbør blir det av 50 mm snø?</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO" sz="4800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="359577741"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -6653,58 +6616,50 @@
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8281144" y="773913"/>
             <a:ext cx="3048480" cy="6061596"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2532505732"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...6 lines deleted...]
-  </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Speech Bubble: Rectangle with Corners Rounded 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -7474,54 +7429,50 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C51CB17-C4DD-676D-6B07-9797113CA5D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
               <a:t>Faseoverganger: </a:t>
             </a:r>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="nb-NO" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>Plasser setningene i en riktig rekkefølge</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Rectangle 21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="366939">
             <a:off x="5941808" y="3305696"/>
             <a:ext cx="3996000" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
@@ -7843,57 +7794,50 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nn-NO" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="464646"/>
                 </a:solidFill>
                 <a:latin typeface="Helvetica Neue"/>
               </a:rPr>
               <a:t>Vatn frys</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2363096036"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -8136,57 +8080,50 @@
             </a:extLst>
           </a:blip>
           <a:srcRect l="14030" t="12801" r="18606" b="30769"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9137684" y="1705010"/>
             <a:ext cx="2450378" cy="3072838"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4090085480"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -8313,51 +8250,51 @@
               <a:rPr lang="nn-NO" sz="2200" b="0" i="0" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Is/snø er vatn i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" b="0" i="1" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>fast form</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" b="0" i="0" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns="" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9354967" y="4595689"/>
             <a:ext cx="1387303" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
@@ -8549,51 +8486,51 @@
               <a:rPr lang="nn-NO" sz="2200" b="0" i="0" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Vatnet er i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" b="0" i="1" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>flytande form</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" b="0" i="0" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns="" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9311424" y="5597175"/>
             <a:ext cx="1387303" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
@@ -8734,51 +8671,51 @@
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
               <a:t>Vassdamp er vatn i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
               <a:t>gassform</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns="" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8745367" y="5735061"/>
             <a:ext cx="1387303" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
@@ -8822,54 +8759,50 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C51CB17-C4DD-676D-6B07-9797113CA5D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
               <a:t>Faseovergangar: </a:t>
-            </a:r>
-[...2 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="nn-NO" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="nn-NO" dirty="0"/>
               <a:t>Vil de justere rekkjefølgja på setningane?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Rectangle 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="366939">
             <a:off x="5941808" y="3305696"/>
             <a:ext cx="3996000" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -9720,88 +9653,87 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>413</Words>
+  <Words>419</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>92</Paragraphs>
   <Slides>14</Slides>
   <Notes>7</Notes>
   <HiddenSlides>1</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Brukte skrifter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Lysbildetitler</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="20" baseType="lpstr">
+    <vt:vector size="19" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Helvetica Neue</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Kor mange mm nedbør blir det av 50 mm snø?</vt:lpstr>
       <vt:lpstr>Kva skal til for at snøen skal smelte?</vt:lpstr>
       <vt:lpstr>Når snø smeltar, skjer det ein faseovergang</vt:lpstr>
       <vt:lpstr>Faseoverganger:  Plasser setningene i en riktig rekkefølge</vt:lpstr>
       <vt:lpstr>Vatn finst i tre fasar</vt:lpstr>
       <vt:lpstr>Fast stoff</vt:lpstr>
       <vt:lpstr>Væske</vt:lpstr>
       <vt:lpstr>Gass</vt:lpstr>
       <vt:lpstr>Faseovergangar:  Vil de justere rekkjefølgja på setningane?</vt:lpstr>
       <vt:lpstr>Faseovergangar: Rekkjefølgja på setningane</vt:lpstr>
       <vt:lpstr>Kjenneteikn på tørr og våt snø</vt:lpstr>
       <vt:lpstr>Kor mange mm vatn vart det av 50 mm snø?</vt:lpstr>
       <vt:lpstr>Kvifor tar snø større plass enn vatn?</vt:lpstr>
       <vt:lpstr>Kor mange mm snø vil det kome i Trondheim, Oslo og Bodø mellom kl. 14 og 15?</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universitetet i Oslo</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 