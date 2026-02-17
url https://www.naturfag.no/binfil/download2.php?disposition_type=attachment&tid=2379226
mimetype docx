--- v0 (2025-11-04)
+++ v1 (2026-02-17)
@@ -1,285 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="650354B7" w14:textId="38F57B34" w:rsidR="000239FE" w:rsidRDefault="000239FE" w:rsidP="002B6F15">
       <w:pPr>
         <w:pStyle w:val="Overskrift1"/>
       </w:pPr>
       <w:r>
         <w:t>Skisser en aktivitet</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B50">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45DFCC2A" w14:textId="70040366" w:rsidR="002B6F15" w:rsidRPr="000239FE" w:rsidRDefault="00695692" w:rsidP="000239FE">
-[...14 lines deleted...]
-    </w:p>
     <w:p w14:paraId="58307535" w14:textId="457E6476" w:rsidR="002B6F15" w:rsidRPr="008E5649" w:rsidRDefault="002B6F15" w:rsidP="002B6F15"/>
-    <w:p w14:paraId="2EF84971" w14:textId="625A33B8" w:rsidR="008E5649" w:rsidRPr="008E5649" w:rsidRDefault="008E5649" w:rsidP="008E5649">
+    <w:p w14:paraId="65E0568E" w14:textId="2FDFE675" w:rsidR="005A3877" w:rsidRPr="008E5649" w:rsidRDefault="008E5649" w:rsidP="005A3877">
       <w:r w:rsidRPr="008E5649">
         <w:t>Under beskrives to ulike undervisningsøkter der elevene på 7.</w:t>
       </w:r>
       <w:r w:rsidR="009A75CD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5649">
         <w:t>trinn jobbe</w:t>
       </w:r>
       <w:r w:rsidR="0054526A">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5649">
         <w:t xml:space="preserve"> med te</w:t>
       </w:r>
       <w:r w:rsidR="009A75CD">
         <w:t>ma</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5649">
         <w:t xml:space="preserve">et jorda og andre himmellegemer og forutsetninger for liv. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32FCDFC8" w14:textId="3E605234" w:rsidR="008E5649" w:rsidRDefault="00AE41A9" w:rsidP="008E5649">
-[...181 lines deleted...]
-    <w:p w14:paraId="65E0568E" w14:textId="6E56ADF6" w:rsidR="005A3877" w:rsidRPr="008E5649" w:rsidRDefault="005A3877" w:rsidP="005A3877"/>
     <w:p w14:paraId="5459BDBA" w14:textId="28A4E0BD" w:rsidR="00111C0A" w:rsidRPr="008E5649" w:rsidRDefault="008E5649">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5649">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Eksempel</w:t>
       </w:r>
       <w:r w:rsidR="00237A41" w:rsidRPr="008E5649">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> A:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23AF6B31" w14:textId="47828297" w:rsidR="00237A41" w:rsidRPr="008E5649" w:rsidRDefault="00237A41" w:rsidP="00BA4B7C">
       <w:r w:rsidRPr="008E5649">
         <w:t>Elevene</w:t>
       </w:r>
       <w:r w:rsidR="00BA4B7C" w:rsidRPr="008E5649">
         <w:t xml:space="preserve"> samarbeider</w:t>
@@ -323,69 +123,68 @@
       <w:r w:rsidRPr="008E5649">
         <w:t>Gruppene</w:t>
       </w:r>
       <w:r w:rsidR="00542AE7" w:rsidRPr="008E5649">
         <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r w:rsidR="00237A41" w:rsidRPr="008E5649">
         <w:t>inn</w:t>
       </w:r>
       <w:r w:rsidR="00BA4B7C" w:rsidRPr="008E5649">
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidR="00237A41" w:rsidRPr="008E5649">
         <w:t xml:space="preserve"> informasjon </w:t>
       </w:r>
       <w:r w:rsidR="00BA4B7C" w:rsidRPr="008E5649">
         <w:t>om valgt himmellegeme</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5649">
         <w:t xml:space="preserve"> fra</w:t>
       </w:r>
       <w:r w:rsidR="00237A41" w:rsidRPr="008E5649">
         <w:t xml:space="preserve"> læreboka, på biblioteket og på internett.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB6C044" w14:textId="5BA20847" w:rsidR="00237A41" w:rsidRPr="008E5649" w:rsidRDefault="00AD3AA8" w:rsidP="00BA4B7C">
+    <w:p w14:paraId="1511AADC" w14:textId="557C5985" w:rsidR="00237A41" w:rsidRPr="008E5649" w:rsidRDefault="00AD3AA8" w:rsidP="006249F0">
       <w:pPr>
         <w:pStyle w:val="Listeavsnitt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5649">
         <w:t>Hver gruppe presenterer sitt himmel</w:t>
       </w:r>
       <w:r w:rsidR="0076751E" w:rsidRPr="008E5649">
         <w:t>legeme for resten av klassen</w:t>
       </w:r>
       <w:r w:rsidR="008E5649">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1511AADC" w14:textId="61D46A8C" w:rsidR="00237A41" w:rsidRPr="008E5649" w:rsidRDefault="00237A41"/>
     <w:p w14:paraId="2D0878A4" w14:textId="4E482577" w:rsidR="00237A41" w:rsidRPr="008E5649" w:rsidRDefault="008E5649">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Eksempel</w:t>
       </w:r>
       <w:r w:rsidR="00237A41" w:rsidRPr="008E5649">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> B:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C027AAE" w14:textId="043E6447" w:rsidR="00237A41" w:rsidRPr="008E5649" w:rsidRDefault="00BA4B7C" w:rsidP="003D42AE">
       <w:pPr>
         <w:pStyle w:val="Listeavsnitt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -449,98 +248,98 @@
         <w:t>Lærer oppsummerer timen ved å gjennomgå svaret på det sist</w:t>
       </w:r>
       <w:r w:rsidR="00105280">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5649">
         <w:t xml:space="preserve"> spørsmålet i plenum</w:t>
       </w:r>
       <w:r w:rsidR="0054526A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6C4338" w14:textId="77777777" w:rsidR="00BA4B7C" w:rsidRPr="008E5649" w:rsidRDefault="00BA4B7C"/>
     <w:p w14:paraId="423DF939" w14:textId="77777777" w:rsidR="00237A41" w:rsidRPr="008E5649" w:rsidRDefault="00237A41"/>
     <w:sectPr w:rsidR="00237A41" w:rsidRPr="008E5649">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14820558"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="772E8362"/>
     <w:lvl w:ilvl="0" w:tplc="04140001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -938,126 +737,129 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1477992372">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="161746248">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1922904213">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1417240979">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00237A41"/>
     <w:rsid w:val="000239FE"/>
     <w:rsid w:val="00105280"/>
     <w:rsid w:val="00111C0A"/>
     <w:rsid w:val="00237A41"/>
     <w:rsid w:val="002757F9"/>
     <w:rsid w:val="002B6F15"/>
+    <w:rsid w:val="003A7C89"/>
     <w:rsid w:val="003D42AE"/>
     <w:rsid w:val="00442A19"/>
     <w:rsid w:val="004D56D2"/>
     <w:rsid w:val="00525D6B"/>
     <w:rsid w:val="00542AE7"/>
     <w:rsid w:val="0054526A"/>
     <w:rsid w:val="005A3877"/>
+    <w:rsid w:val="006249F0"/>
     <w:rsid w:val="00695692"/>
     <w:rsid w:val="006C6511"/>
     <w:rsid w:val="0075660F"/>
     <w:rsid w:val="0076751E"/>
+    <w:rsid w:val="00864C68"/>
     <w:rsid w:val="008E5649"/>
     <w:rsid w:val="009A75CD"/>
     <w:rsid w:val="00A97285"/>
     <w:rsid w:val="00AD3AA8"/>
     <w:rsid w:val="00AE41A9"/>
     <w:rsid w:val="00BA4B7C"/>
     <w:rsid w:val="00CB7596"/>
     <w:rsid w:val="00CD3050"/>
     <w:rsid w:val="00D25DFF"/>
     <w:rsid w:val="00DB6B50"/>
     <w:rsid w:val="00F912F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0678387D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EEBED164-99C0-4AD1-9FCB-B74A27BB1459}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nb-NO" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1522,58 +1324,58 @@
     <w:rsid w:val="002B6F15"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift2Tegn">
     <w:name w:val="Overskrift 2 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Overskrift2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="000239FE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1848,76 +1650,77 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EAB0E5A-3930-45B9-94DE-1FB5C6FBB350}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>223</Words>
-  <Characters>1188</Characters>
+  <Words>149</Words>
+  <Characters>793</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1409</CharactersWithSpaces>
+  <CharactersWithSpaces>941</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aud Ragnhild Skår</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>