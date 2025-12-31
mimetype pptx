--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -8,136 +8,170 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing4.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing5.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing6.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId24"/>
+    <p:notesMasterId r:id="rId28"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="576" r:id="rId2"/>
-    <p:sldId id="577" r:id="rId3"/>
-    <p:sldId id="640" r:id="rId4"/>
+    <p:sldId id="580" r:id="rId3"/>
+    <p:sldId id="577" r:id="rId4"/>
     <p:sldId id="260" r:id="rId5"/>
     <p:sldId id="354" r:id="rId6"/>
-    <p:sldId id="637" r:id="rId7"/>
-[...15 lines deleted...]
-    <p:sldId id="629" r:id="rId23"/>
+    <p:sldId id="658" r:id="rId7"/>
+    <p:sldId id="557" r:id="rId8"/>
+    <p:sldId id="594" r:id="rId9"/>
+    <p:sldId id="636" r:id="rId10"/>
+    <p:sldId id="635" r:id="rId11"/>
+    <p:sldId id="622" r:id="rId12"/>
+    <p:sldId id="638" r:id="rId13"/>
+    <p:sldId id="643" r:id="rId14"/>
+    <p:sldId id="661" r:id="rId15"/>
+    <p:sldId id="662" r:id="rId16"/>
+    <p:sldId id="623" r:id="rId17"/>
+    <p:sldId id="652" r:id="rId18"/>
+    <p:sldId id="653" r:id="rId19"/>
+    <p:sldId id="619" r:id="rId20"/>
+    <p:sldId id="645" r:id="rId21"/>
+    <p:sldId id="655" r:id="rId22"/>
+    <p:sldId id="656" r:id="rId23"/>
+    <p:sldId id="659" r:id="rId24"/>
+    <p:sldId id="657" r:id="rId25"/>
+    <p:sldId id="660" r:id="rId26"/>
+    <p:sldId id="648" r:id="rId27"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="nb-NO"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -198,50 +232,56 @@
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
+</file>
+
+<file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
+<p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
+  <p188:author id="{D1083325-E0B0-656E-CF78-30BB164F5EC8}" name="Berit Reitan" initials="BR" userId="S::berire@uio.no::43bce2ec-33aa-41b6-ab62-07979b3a03d6" providerId="AD"/>
+</p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="F8F8F8"/>
     <a:srgbClr val="E8ECEE"/>
     <a:srgbClr val="E1EAE7"/>
@@ -4454,832 +4494,963 @@
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent6"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="18896"/>
+    <p:restoredLeft sz="31729" autoAdjust="0"/>
     <p:restoredTop sz="95869"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="62" d="100"/>
-          <a:sy n="62" d="100"/>
+          <a:sx n="92" d="100"/>
+          <a:sy n="92" d="100"/>
         </p:scale>
-        <p:origin x="680" y="56"/>
+        <p:origin x="432" y="126"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="1" d="1"/>
-        <a:sy n="1" d="1"/>
+        <a:sx n="3" d="2"/>
+        <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="80" d="100"/>
         <a:sy n="80" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<file path=ppt/diagrams/_rels/data6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/></Relationships>
+</file>
+
+<file path=ppt/diagrams/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2">
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="accent2" pri="11200"/>
+    <dgm:cat type="accent1" pri="11500"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
-    <dgm:fillClrLst meth="repeat">
-[...26 lines deleted...]
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="vennNode1">
-[...1 lines deleted...]
-      <a:schemeClr val="accent2">
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
         <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="node2">
-[...1 lines deleted...]
-      <a:schemeClr val="accent2"/>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="node3">
-[...1 lines deleted...]
-      <a:schemeClr val="accent2"/>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="node4">
-[...1 lines deleted...]
-      <a:schemeClr val="accent2"/>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
   <dgm:styleLbl name="fgImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgSibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgSibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans1D1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="callout">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst0">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst2">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst3">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst4">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="parChTrans2D2">
+  <dgm:styleLbl name="trBgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="parChTrans2D3">
-[...385 lines deleted...]
-  </dgm:styleLbl>
   <dgm:styleLbl name="fgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
@@ -6018,202 +6189,3640 @@
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
+<file path=ppt/diagrams/colors3.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11500"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=ppt/diagrams/colors4.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11500"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=ppt/diagrams/colors5.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11500"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=ppt/diagrams/colors6.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent2" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="bg1">
+        <a:lumMod val="95000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
-    <dgm:pt modelId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" type="doc">
-      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList" loCatId="icon" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2" csCatId="accent2" phldr="1"/>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Samarbeid lærarar</a:t>
+          </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}">
-[...35 lines deleted...]
-    <dgm:pt modelId="{E14D2ED6-AAB8-48AA-8ECF-F058302AD909}" type="parTrans" cxnId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}">
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}" type="sibTrans" cxnId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}">
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" type="pres">
-      <dgm:prSet presAssocID="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" presName="root" presStyleCnt="0">
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Utprøving med elevar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Erfaringsdeling lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" type="pres">
-[...46 lines deleted...]
-      <dgm:prSet presAssocID="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" presName="parTx" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="1">
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{278D1564-C026-455B-A89A-2CB584E032C6}" type="presOf" srcId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" destId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
-[...6 lines deleted...]
-    <dgm:cxn modelId="{E9ECFA53-B922-4F3A-8D86-0E09D5552F16}" type="presParOf" srcId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" destId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList" loCatId="icon" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2" csCatId="accent2" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
@@ -6430,232 +10039,1248 @@
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
     <dgm:cxn modelId="{278D1564-C026-455B-A89A-2CB584E032C6}" type="presOf" srcId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" destId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{0F89C268-A9E1-4F99-83A8-8183DA6BDD5D}" type="presOf" srcId="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" destId="{2C25D107-F56D-4C1D-96B6-BFAD3F4474D4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}" srcId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" destId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" srcOrd="0" destOrd="0" parTransId="{E14D2ED6-AAB8-48AA-8ECF-F058302AD909}" sibTransId="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}"/>
     <dgm:cxn modelId="{255EA5AA-607D-4524-867C-8709FF74B5E0}" srcId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" destId="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" srcOrd="1" destOrd="0" parTransId="{DAF466D7-88EC-4A09-B6E5-64DB906F024A}" sibTransId="{C3DBDF80-71B9-448A-BF91-B6E0720416F4}"/>
     <dgm:cxn modelId="{2EA45AC5-0B54-4E18-B092-EDEC167F9FED}" type="presOf" srcId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" destId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{FD96A782-A98F-4B6F-A35D-5E09DF5FD00F}" type="presParOf" srcId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" destId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{0E734494-35D4-46B3-BD4B-B05BA1FDD431}" type="presParOf" srcId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" destId="{0E945669-12E8-421E-AB04-77A956563E44}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{4375FDCC-D916-4B3D-AB53-133820F85CFF}" type="presParOf" srcId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" destId="{4FC344EC-88EF-432B-9326-D05EFBAD36CA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{CA6A791F-50C4-467C-B453-8B1290A11012}" type="presParOf" srcId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" destId="{242A519B-59F2-452B-979C-225381CA5AC3}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{E9ECFA53-B922-4F3A-8D86-0E09D5552F16}" type="presParOf" srcId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" destId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{C09E8E00-E4D8-4E09-8F49-B24ACEE279F2}" type="presParOf" srcId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" destId="{6B0F6A9C-9E80-4BB2-A87F-7F59DBA53C42}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{7452464A-EDF8-4142-905F-86265E0534F8}" type="presParOf" srcId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" destId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{21A8B0FC-8144-4321-8BAE-B113BBDD753D}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{184FFD82-BFBC-48CB-A77C-FC784B1FD2F8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{972B9958-EAA7-451D-9FF8-C6494FCD82D0}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{D7B35DC0-1560-4355-BA37-0ECEB5BF419B}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{9F2EE4D2-2BA6-4156-8CCB-D42465788096}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{03A4BDE2-F3E8-4FA5-A6A3-E589C41DBA6C}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{44654DE3-A981-4F3F-9B8F-7EDC54EA2F48}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{2C25D107-F56D-4C1D-96B6-BFAD3F4474D4}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId11" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
-<file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-[...62 lines deleted...]
-        <a:blipFill rotWithShape="1">
+<file path=ppt/diagrams/data3.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Samarbeid lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Utprøving med elevar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Erfaringsdeling lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/data4.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Samarbeid lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Utprøving med elevar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Erfaringsdeling lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/data5.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Samarbeid lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Utprøving med elevar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" b="1" noProof="0" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            <a:t>Erfaringsdeling lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/data6.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList" loCatId="icon" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2" csCatId="accent2" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+            <a:t>Tenk på aktiviteten: </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+            <a:t>Korleis kan vi observere vind? </a:t>
+          </a:r>
+          <a:br>
+            <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+          </a:br>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+            <a:t>Kva </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+            <a:t>utstyr</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+            <a:t> var nødvendig og var det tilgjengeleg på skolen?</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E14D2ED6-AAB8-48AA-8ECF-F058302AD909}" type="parTrans" cxnId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}" type="sibTrans" cxnId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+            <a:t>Kva kan vi gjere for å organisere </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" dirty="0" err="1"/>
+            <a:t>uteromsutstyr</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+            <a:t> på skolen vår </a:t>
+          </a:r>
+          <a:br>
+            <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:br>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+            <a:t>og gjere det lett tilgjengeleg for bruk?</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DAF466D7-88EC-4A09-B6E5-64DB906F024A}" type="parTrans" cxnId="{255EA5AA-607D-4524-867C-8709FF74B5E0}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{C3DBDF80-71B9-448A-BF91-B6E0720416F4}" type="sibTrans" cxnId="{255EA5AA-607D-4524-867C-8709FF74B5E0}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" type="pres">
+      <dgm:prSet presAssocID="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" presName="root" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" type="pres">
+      <dgm:prSet presAssocID="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" presName="compNode" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{0E945669-12E8-421E-AB04-77A956563E44}" type="pres">
+      <dgm:prSet presAssocID="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="2" custScaleY="73118"/>
+      <dgm:spPr/>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="Tre punkter som forteller hva gruppene skal dele erfaringer om. Hvert punkt består av en grå bakgrunn og et tall i en blå sirkel. "/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{4FC344EC-88EF-432B-9326-D05EFBAD36CA}" type="pres">
+      <dgm:prSet presAssocID="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" presName="iconRect" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="2"/>
+      <dgm:spPr>
+        <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="Merke 1 med heldekkende fyll"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{242A519B-59F2-452B-979C-225381CA5AC3}" type="pres">
+      <dgm:prSet presAssocID="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" presName="spaceRect" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}" type="pres">
+      <dgm:prSet presAssocID="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" presName="parTx" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="2">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{6B0F6A9C-9E80-4BB2-A87F-7F59DBA53C42}" type="pres">
+      <dgm:prSet presAssocID="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}" presName="sibTrans" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" type="pres">
+      <dgm:prSet presAssocID="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" presName="compNode" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{184FFD82-BFBC-48CB-A77C-FC784B1FD2F8}" type="pres">
+      <dgm:prSet presAssocID="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="1" presStyleCnt="2" custScaleY="73118" custLinFactNeighborX="0" custLinFactNeighborY="-32404"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{D7B35DC0-1560-4355-BA37-0ECEB5BF419B}" type="pres">
+      <dgm:prSet presAssocID="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" presName="iconRect" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="2" custLinFactNeighborX="0" custLinFactNeighborY="-58916"/>
+      <dgm:spPr>
+        <a:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="Merke med heldekkende fyll"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{03A4BDE2-F3E8-4FA5-A6A3-E589C41DBA6C}" type="pres">
+      <dgm:prSet presAssocID="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" presName="spaceRect" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2C25D107-F56D-4C1D-96B6-BFAD3F4474D4}" type="pres">
+      <dgm:prSet presAssocID="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" presName="parTx" presStyleLbl="revTx" presStyleIdx="1" presStyleCnt="2" custLinFactNeighborX="0" custLinFactNeighborY="-32404">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{278D1564-C026-455B-A89A-2CB584E032C6}" type="presOf" srcId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" destId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{0F89C268-A9E1-4F99-83A8-8183DA6BDD5D}" type="presOf" srcId="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" destId="{2C25D107-F56D-4C1D-96B6-BFAD3F4474D4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}" srcId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" destId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" srcOrd="0" destOrd="0" parTransId="{E14D2ED6-AAB8-48AA-8ECF-F058302AD909}" sibTransId="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}"/>
+    <dgm:cxn modelId="{255EA5AA-607D-4524-867C-8709FF74B5E0}" srcId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" destId="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" srcOrd="1" destOrd="0" parTransId="{DAF466D7-88EC-4A09-B6E5-64DB906F024A}" sibTransId="{C3DBDF80-71B9-448A-BF91-B6E0720416F4}"/>
+    <dgm:cxn modelId="{2EA45AC5-0B54-4E18-B092-EDEC167F9FED}" type="presOf" srcId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" destId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{FD96A782-A98F-4B6F-A35D-5E09DF5FD00F}" type="presParOf" srcId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" destId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{0E734494-35D4-46B3-BD4B-B05BA1FDD431}" type="presParOf" srcId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" destId="{0E945669-12E8-421E-AB04-77A956563E44}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{4375FDCC-D916-4B3D-AB53-133820F85CFF}" type="presParOf" srcId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" destId="{4FC344EC-88EF-432B-9326-D05EFBAD36CA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{CA6A791F-50C4-467C-B453-8B1290A11012}" type="presParOf" srcId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" destId="{242A519B-59F2-452B-979C-225381CA5AC3}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{E9ECFA53-B922-4F3A-8D86-0E09D5552F16}" type="presParOf" srcId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" destId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{C09E8E00-E4D8-4E09-8F49-B24ACEE279F2}" type="presParOf" srcId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" destId="{6B0F6A9C-9E80-4BB2-A87F-7F59DBA53C42}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{7452464A-EDF8-4142-905F-86265E0534F8}" type="presParOf" srcId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" destId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{21A8B0FC-8144-4321-8BAE-B113BBDD753D}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{184FFD82-BFBC-48CB-A77C-FC784B1FD2F8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{972B9958-EAA7-451D-9FF8-C6494FCD82D0}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{D7B35DC0-1560-4355-BA37-0ECEB5BF419B}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{9F2EE4D2-2BA6-4156-8CCB-D42465788096}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{03A4BDE2-F3E8-4FA5-A6A3-E589C41DBA6C}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{44654DE3-A981-4F3F-9B8F-7EDC54EA2F48}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{2C25D107-F56D-4C1D-96B6-BFAD3F4474D4}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
-    </dsp:sp>
-[...30 lines deleted...]
-      </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="134097" tIns="134097" rIns="134097" bIns="134097" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
             <a:lnSpc>
-              <a:spcPct val="100000"/>
+              <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0"/>
-            <a:t>Kan </a:t>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>A</a:t>
           </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
           <a:r>
-            <a:rPr lang="nn-NO" sz="2200" kern="1200" noProof="0" dirty="0"/>
-            <a:t>elevane</a:t>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Samarbeid lærarar</a:t>
           </a:r>
-          <a:r>
-[...11 lines deleted...]
-          <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1463455" y="1478237"/>
-        <a:ext cx="9052143" cy="1267061"/>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-20000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Utprøving med elevar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Erfaringsdeling lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{0E945669-12E8-421E-AB04-77A956563E44}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="856630"/>
           <a:ext cx="10515599" cy="926449"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
@@ -6954,51 +11579,1595 @@
           </a:pPr>
           <a:r>
             <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0"/>
             <a:t>Er utstyret </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="nn-NO" sz="2200" kern="1200" noProof="0" dirty="0"/>
             <a:t>tilgjengeleg</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0"/>
             <a:t> på skolen?</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="1463455" y="1859572"/>
         <a:ext cx="9052143" cy="1267061"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
+<file path=ppt/diagrams/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Samarbeid lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-20000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Utprøving med elevar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Erfaringsdeling lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Samarbeid lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-20000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Utprøving med elevar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Erfaringsdeling lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Samarbeid lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-20000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Utprøving med elevar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" b="1" kern="1200" noProof="0" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2000" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Erfaringsdeling lærarar</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{0E945669-12E8-421E-AB04-77A956563E44}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="856630"/>
+          <a:ext cx="10515599" cy="926449"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="bg1">
+            <a:lumMod val="95000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{4FC344EC-88EF-432B-9326-D05EFBAD36CA}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="383285" y="971413"/>
+          <a:ext cx="696883" cy="696883"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:noFill/>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="1463455" y="686324"/>
+          <a:ext cx="9052143" cy="1267061"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="134097" tIns="134097" rIns="134097" bIns="134097" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" kern="1200" dirty="0"/>
+            <a:t>Tenk på aktiviteten: </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" i="1" kern="1200" dirty="0"/>
+            <a:t>Korleis kan vi observere vind? </a:t>
+          </a:r>
+          <a:br>
+            <a:rPr lang="nn-NO" sz="2200" i="1" kern="1200" dirty="0"/>
+          </a:br>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" kern="1200" dirty="0"/>
+            <a:t>Kva </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" kern="1200" noProof="0" dirty="0"/>
+            <a:t>utstyr</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" kern="1200" dirty="0"/>
+            <a:t> var nødvendig og var det tilgjengeleg på skolen?</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="1463455" y="686324"/>
+        <a:ext cx="9052143" cy="1267061"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{184FFD82-BFBC-48CB-A77C-FC784B1FD2F8}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="2029878"/>
+          <a:ext cx="10515599" cy="926449"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="bg1">
+            <a:lumMod val="95000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{D7B35DC0-1560-4355-BA37-0ECEB5BF419B}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="383285" y="2144663"/>
+          <a:ext cx="696883" cy="696883"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:noFill/>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{2C25D107-F56D-4C1D-96B6-BFAD3F4474D4}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="1463455" y="1859572"/>
+          <a:ext cx="9052143" cy="1267061"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="134097" tIns="134097" rIns="134097" bIns="134097" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" kern="1200" dirty="0"/>
+            <a:t>Kva kan vi gjere for å organisere </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" kern="1200" dirty="0" err="1"/>
+            <a:t>uteromsutstyr</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" kern="1200" dirty="0"/>
+            <a:t> på skolen vår </a:t>
+          </a:r>
+          <a:br>
+            <a:rPr lang="nn-NO" sz="2200" kern="1200" dirty="0"/>
+          </a:br>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="2200" kern="1200" dirty="0"/>
+            <a:t>og gjere det lett tilgjengeleg for bruk?</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="1463455" y="1859572"/>
+        <a:ext cx="9052143" cy="1267061"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="9000"/>
+  </dgm:catLst>
+  <dgm:sampData useDef="1">
+    <dgm:dataModel>
+      <dgm:ptLst/>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromR"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
+        <dgm:constrLst>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
+          <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
+          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:layoutNode name="desTx" styleLbl="revTx">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx">
+                <dgm:param type="stBulletLvl" val="1"/>
+              </dgm:alg>
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="des" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:if>
+      <dgm:else name="Name20">
+        <dgm:constrLst>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:else>
+    </dgm:choose>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/layout2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
   <dgm:title val="Icon Vertical Solid List"/>
   <dgm:desc val="Use to show a series of visuals from top to bottom with Level 1 or Level 1 and Level 2 text grouped in a shape. Works best with icons or small pictures with lengthier descriptions."/>
   <dgm:catLst>
     <dgm:cat type="icon" pri="500"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
   <dgm:styleData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:styleData>
   <dgm:clrData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
@@ -7248,51 +13417,900 @@
           <dgm:constrLst/>
           <dgm:ruleLst/>
         </dgm:layoutNode>
       </dgm:forEach>
     </dgm:forEach>
   </dgm:layoutNode>
   <dgm:extLst>
     <a:ext uri="{68A01E43-0DF5-4B5B-8FA6-DAF915123BFB}">
       <dgm1612:lstStyle xmlns:dgm1612="http://schemas.microsoft.com/office/drawing/2016/12/diagram">
         <a:lvl1pPr>
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
         </a:lvl1pPr>
         <a:lvl2pPr>
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
         </a:lvl2pPr>
       </dgm1612:lstStyle>
     </a:ext>
   </dgm:extLst>
 </dgm:layoutDef>
 </file>
 
-<file path=ppt/diagrams/layout2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/layout3.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="9000"/>
+  </dgm:catLst>
+  <dgm:sampData useDef="1">
+    <dgm:dataModel>
+      <dgm:ptLst/>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromR"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
+        <dgm:constrLst>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
+          <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
+          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:layoutNode name="desTx" styleLbl="revTx">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx">
+                <dgm:param type="stBulletLvl" val="1"/>
+              </dgm:alg>
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="des" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:if>
+      <dgm:else name="Name20">
+        <dgm:constrLst>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:else>
+    </dgm:choose>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/layout4.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="9000"/>
+  </dgm:catLst>
+  <dgm:sampData useDef="1">
+    <dgm:dataModel>
+      <dgm:ptLst/>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromR"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
+        <dgm:constrLst>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
+          <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
+          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:layoutNode name="desTx" styleLbl="revTx">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx">
+                <dgm:param type="stBulletLvl" val="1"/>
+              </dgm:alg>
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="des" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:if>
+      <dgm:else name="Name20">
+        <dgm:constrLst>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:else>
+    </dgm:choose>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/layout5.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="9000"/>
+  </dgm:catLst>
+  <dgm:sampData useDef="1">
+    <dgm:dataModel>
+      <dgm:ptLst/>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromR"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
+        <dgm:constrLst>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
+          <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
+          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:layoutNode name="desTx" styleLbl="revTx">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx">
+                <dgm:param type="stBulletLvl" val="1"/>
+              </dgm:alg>
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="des" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:if>
+      <dgm:else name="Name20">
+        <dgm:constrLst>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:else>
+    </dgm:choose>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/layout6.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
   <dgm:title val="Icon Vertical Solid List"/>
   <dgm:desc val="Use to show a series of visuals from top to bottom with Level 1 or Level 1 and Level 2 text grouped in a shape. Works best with icons or small pictures with lengthier descriptions."/>
   <dgm:catLst>
     <dgm:cat type="icon" pri="500"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
   <dgm:styleData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:styleData>
   <dgm:clrData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
@@ -9610,50 +16628,4186 @@
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
+<file path=ppt/diagrams/quickStyle3.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle4.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle5.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle6.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -9701,51 +20855,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" b="0" i="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E5740EF2-BF26-D74B-B76B-2264CCA3BAAA}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.07.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbilde 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -9974,258 +21128,424 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="nb-NO"/>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>3</a:t>
+              <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3352003500"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1907736133"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="677309388"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3371275001"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Plassholder for lysbilde 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Plassholder for notater 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="nb-NO"/>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3831623778"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4047428218"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -10257,60 +21577,60 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>10</a:t>
+              <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1396027220"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2652772545"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -10342,51 +21662,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>16</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3989553393"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -10405,166 +21725,311 @@
           <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{DFFCBCB9-DAEF-4493-8C21-772188A0CDF9}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>14</a:t>
+            </a:fld>
             <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3694064307"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>19</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="292243771"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1364379584"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2323752703"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
@@ -10582,73 +22047,162 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>20</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="nb-NO" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4009613617"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1714439806"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>BR</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="540181779"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -10716,51 +22270,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Tittellysbilde med logo">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -10958,51 +22512,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298604692"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="C–Etterarbeid">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -11297,51 +22851,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.07.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -11518,51 +23072,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.07.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -11689,51 +23243,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3659369020"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Tittel og innhold_grått vindu">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect l="61000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -11855,51 +23409,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.07.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -11939,51 +23493,51 @@
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="786012800"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tittel og innhold_grått vindu og minutter">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect l="61000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -12105,51 +23659,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>01.07.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -12280,51 +23834,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="5995490"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Deloverskrift med minutter">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect l="3000" t="5000" r="3000" b="5000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -12664,51 +24218,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1458394234"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Deloverskrift">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect l="3000" t="5000" r="3000" b="5000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -13768,51 +25322,51 @@
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2830861162"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Tittellysbilde">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -15080,51 +26634,51 @@
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1753725663"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="1_Tittellysbilde">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -15411,51 +26965,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2141643290"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="4_Tittellysbilde">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -15688,51 +27242,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1391234693"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="5_Tittellysbilde">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -15965,51 +27519,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1767321288"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="3_Tittellysbilde">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -16242,51 +27796,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2395678336"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="2_Tittellysbilde">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -16519,51 +28073,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1362293384"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="A–Forarbeid">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -16775,51 +28329,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1489656510"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="B–Utprøving">
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:lum/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect b="34000"/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -17232,51 +28786,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.07.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1655320109"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483659" r:id="rId2"/>
     <p:sldLayoutId id="2147483665" r:id="rId3"/>
     <p:sldLayoutId id="2147483668" r:id="rId4"/>
     <p:sldLayoutId id="2147483669" r:id="rId5"/>
     <p:sldLayoutId id="2147483667" r:id="rId6"/>
     <p:sldLayoutId id="2147483666" r:id="rId7"/>
     <p:sldLayoutId id="2147483670" r:id="rId8"/>
     <p:sldLayoutId id="2147483671" r:id="rId9"/>
     <p:sldLayoutId id="2147483672" r:id="rId10"/>
     <p:sldLayoutId id="2147483660" r:id="rId11"/>
@@ -17560,178 +29114,194 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naturfag.no/uterommet" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data5.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...18 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naturfag.no/uterommet" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C791FEE5-523C-5EB8-B402-A1C5B7A9204D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3946353"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nn-NO"/>
+              <a:rPr lang="nn-NO" dirty="0"/>
               <a:t>Utstyr til uteaktivitetar – kva treng vi?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Undertittel 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E04DFAE-E613-184B-ED35-CB949829386F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="6280275"/>
             <a:ext cx="9144000" cy="805828"/>
@@ -17747,3033 +29317,428 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3776498043"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C45A12BA-ADAC-C756-C7AA-E4B7D8F3B30C}"/>
-[...1533 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A293B5D-9F56-DADC-6D7F-CC5129C7A4AE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82BA58C0-4C12-AD54-7C6F-6C8A2674E660}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18F762DB-503D-67CE-EC33-6580D4B875BD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA2A96F4-67C1-F904-BB6C-420C743628EA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Diskuter i grupper</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Plassholder for innhold 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28F71C08-44E2-305A-980E-D2FA43BC9667}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nn-NO" dirty="0"/>
-              <a:t>Når er eit tre gammalt?</a:t>
+              <a:t>5 min</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Plassholder for innhold 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3061DFDF-7E7F-BCD9-C791-002CD22A4A24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="2181645"/>
+            <a:ext cx="10515600" cy="822379"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>Tenk på aktiviteten: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" i="1" dirty="0"/>
+              <a:t>Hvor gammelt er treet?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="5" name="Plasshaldar for innhald 3">
+          <p:cNvPr id="3" name="Plassholder for innhold 4" descr="Tre punkter som forteller hva gruppene skal dele erfaringer om. Hvert punkt består av en grå bakgrunn og et tall i en blå sirkel. ">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFBB2336-D133-6A66-690B-48D0E9D8786A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFAC6FD1-B40D-E904-7450-2601A5E057A1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3187754402"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1770426682"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="838200" y="1561305"/>
-          <a:ext cx="5994400" cy="4931570"/>
+          <a:off x="674238" y="2037695"/>
+          <a:ext cx="10515599" cy="4223537"/>
         </p:xfrm>
         <a:graphic>
-          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
-[...500 lines deleted...]
-            </a:tbl>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Bildeforklaring formet som et avrundet rektangel 11">
+          <p:cNvPr id="13" name="Bildeforklaring formet som et avrundet rektangel 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57D08ACF-C861-758A-3107-83EFFABC414D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D279DF0-92AA-A05B-9D1B-C481130C26EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8185448" y="383008"/>
-            <a:ext cx="3168352" cy="1871345"/>
+            <a:off x="8021485" y="1737153"/>
+            <a:ext cx="3168352" cy="1026830"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeRoundRectCallout">
             <a:avLst>
-              <a:gd name="adj1" fmla="val -72804"/>
-              <a:gd name="adj2" fmla="val 62607"/>
+              <a:gd name="adj1" fmla="val 1881"/>
+              <a:gd name="adj2" fmla="val 131076"/>
               <a:gd name="adj3" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="50800" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Furutre blir normalt eldre enn grantre, og kan fint nå ein alder av over 700 år.</a:t>
+              <a:t>Fyll inn i tabellen.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="11" name="Bildeforklaring formet som et avrundet rektangel 10">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Bilde 11" descr="Skjermdump av tabellen som blir utlevert.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF6D2D38-6CC4-6E8E-9950-FC71565FAC46}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31E61AEF-D4B1-F646-4B8F-1B086110A80E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8185448" y="2512957"/>
-            <a:ext cx="3168352" cy="1871345"/>
+            <a:off x="6886379" y="3853976"/>
+            <a:ext cx="4816001" cy="2283734"/>
           </a:xfrm>
-          <a:prstGeom prst="wedgeRoundRectCallout">
-[...4 lines deleted...]
-            </a:avLst>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...94 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="729286316"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3555087759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="12"/>
-[...89 lines deleted...]
-                                          <p:spTgt spid="10"/>
+                                          <p:spTgt spid="13"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
-      <p:bldP spid="12" grpId="0" animBg="1"/>
-[...1 lines deleted...]
-      <p:bldP spid="10" grpId="0" animBg="1"/>
+      <p:bldP spid="13" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
-[...465 lines deleted...]
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F654CF2-9139-217F-CA5E-4E9CBDA9BCF0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Kartlegge behov</a:t>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Samarbeid i grupper</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for innhold 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A81C8E4-7199-4EB2-524E-AE5350482D16}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
@@ -20796,2504 +29761,5170 @@
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>naturfag.no/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId3">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>uterommet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
-              <a:t>, og vel minst to aktivitetar som er aktuelle for trinnet du underviser på.</a:t>
+              <a:t>, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>og vel minst to aktivitetar som er aktuelle for trinnet du underviser på.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
-              <a:t>Registrer i skjemaet:</a:t>
+              <a:t>Registrer i tabellen:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
               <a:t>Kva utstyr er nødvendig?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
               <a:t>Kva finst på skolen frå før, og ev. kvar er det lagra?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
               <a:t>Kva må skolen skaffe, eller finst det alternativ?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C10150-C33B-9E74-4ABE-C69628F36A82}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 5" descr="Skjermdump av naturfag.no/uterommet inngang til de ulike aktivitetene.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9162B464-C093-8725-A583-461B731B2C21}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7192370" y="0"/>
             <a:ext cx="5067870" cy="6890526"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Bildeforklaring formet som et avrundet rektangel 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{734CC3A0-0608-3BEA-DB66-A528DA7A0775}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2116142" y="5205845"/>
+            <a:ext cx="3168352" cy="752764"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -41478"/>
+              <a:gd name="adj2" fmla="val 105142"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent3">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="50800" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fyll inn i tabellen.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1719048982"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="2" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{006D33D3-0F23-2E7C-E8E9-5C9CE3A97D7A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38DEC19B-B67A-63AD-E80F-E54171E549FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Del i plenum</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE1BF21-8FC6-63F5-23B3-53940C91463A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="2302135"/>
+            <a:ext cx="4816001" cy="3874827"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Kvar gruppe deler kva aktivitetar dei har undersøkt og kva utstyr som er nødvendig og kva som ev. må skaffast.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for innhold 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07E32DE9-3608-356B-56C8-D086F98ED753}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>5 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Bilde 6" descr="Skjermdump av tabellen som blir utlevert">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC3EEBD2-56D0-D835-8800-F11AB4720416}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6886379" y="2302135"/>
+            <a:ext cx="4816001" cy="2283734"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3057235504"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A10ED297-A675-E6E6-D439-41276ACC7192}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814404"/>
+            <a:ext cx="8582025" cy="2441909"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="6600" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Planlegg utprøving</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CE3EE53-F389-BF93-AFA8-B6E850D35614}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>0 minutt</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74A9D825-6946-DB23-7423-51E528F35A7E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4112262942"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ED771E6-756B-F739-87FD-7BC61C802C14}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D37F7E40-B82C-4909-928E-643C63D72905}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="730188" y="-1490971"/>
+            <a:off x="838200" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nn-NO"/>
-              <a:t>Tabell for å kartlegge utstyr til uteaktivitet</a:t>
+              <a:rPr lang="nn-NO" sz="3600" b="0" dirty="0"/>
+              <a:t>Planlegg utprøving med elevar</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC24F027-2493-BAED-8B20-700BBACDBDA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838199" y="1825625"/>
+            <a:ext cx="6165273" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Samarbeid gjerne på trinn eller i team.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Vel ein av aktivitetane på naturfag.no/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0" err="1"/>
+              <a:t>uterommet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t> som de vil prøve ut med elevar. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Planlegg når og kvar de skal prøve ut aktiviteten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>Under og etter </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" i="1" dirty="0"/>
+              <a:t>B – Utprøving </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Vurder bruken av utstyr med utgangspunkt i tabellen.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Ta med notata dine til </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>C – Erfaringsdeling</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94B49F95-E245-B435-1CE5-ECE0ED389EE4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9749642" y="856083"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Bilde 7" descr="Skjermdump av tabellen de får utlevert">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6858A25C-7C21-EC76-B567-EEE9D74A9260}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7375999" y="1717560"/>
+            <a:ext cx="4816001" cy="2283734"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="5" name="Tabell 4" descr="Tabell som utfylles av lærer. Tabellen viser hvilken aktivitet som skal gjennomføres, hva slags utstyr som er nødvendig, hva slags utstyr som finnes på skolen fra før av og eventuelle andre kommentarer. ">
+          <p:cNvPr id="4" name="Plassholder for innhold 3" descr="A Samarbeid lærarar&#10;B Utprøving med elevar&#10;C Erfaringsdeling lærarar">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{103A8544-9A88-7D17-2A66-EF2154D9C74D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15CB3D33-CFC0-CE72-6FC9-67F703423F49}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3973344191"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3128670785"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="1019436" y="901981"/>
-          <a:ext cx="10153128" cy="4860519"/>
+          <a:off x="4075072" y="4533336"/>
+          <a:ext cx="7868414" cy="2937162"/>
         </p:xfrm>
         <a:graphic>
-          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
-[...1949 lines deleted...]
-            </a:tbl>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2527957812"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="992953057"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Tittel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE608029-EBA7-2B0D-D98C-FF61D2402C0B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nn-NO" sz="6000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="227186"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              </a:rPr>
+              <a:t>B – Utprøving</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8" name="Plassholder for innhold 3" descr="A Samarbeid lærarar&#10;B Utprøving med elevar&#10;C Erfaringsdeling lærarar">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{078B5267-5E69-E2DD-8709-7BDD0B21A836}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1609165762"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1391249" y="1983399"/>
+          <a:ext cx="7868414" cy="2937162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Bildeforklaring formet som et avrundet rektangel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F96C5C2-5B17-AF2F-9DD2-08C2175F21C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6769556" y="1320618"/>
+            <a:ext cx="4980214" cy="1147267"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -46637"/>
+              <a:gd name="adj2" fmla="val 73734"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nn-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Etter at vi har gjort </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nn-NO" sz="2200" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>B – Utprøving </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nn-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>med elevar, møtest vi til </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nn-NO" sz="2200" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>C – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Er</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nn-NO" sz="2200" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>faringsdeling</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="nn-NO" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="253405842"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADDDEF51-F835-36FD-8D3F-A20299B0B002}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0F53421-C075-45F0-9EB8-9AFC70749985}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>C – Etterarbeid</a:t>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>C – Erfaringsdeling</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Undertittel 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A97C914-9D88-1D3F-B95F-0D27C4774F69}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nn-NO"/>
+              <a:rPr lang="nn-NO" dirty="0"/>
               <a:t>Utstyr til uteaktivitetar – kva treng vi?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4146038451"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BDFEA87-FFF0-EE67-6E07-871F9A4389A7}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639BD534-6A1A-2677-5C6D-CF8C9A6E00F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Repeter mål</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24A98D7-926C-9CB5-8A41-F726FBE762E1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1608084"/>
+            <a:ext cx="5994400" cy="2203896"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>I denne modulen har vi diskutert korleis vi kan organisere og planlegge bruk av utstyr på skolen som skal brukast til uteaktivitetar. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Modulen består av tre delar:</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0">
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Bilde 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{517FBBBB-FE2F-57BA-AB9A-A81575073604}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7505328" y="365125"/>
+            <a:ext cx="4416903" cy="2944602"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Bildeforklaring formet som et avrundet rektangel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABDA4171-3816-7A4A-8741-2EAADA9D6C5C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4650752" y="3623623"/>
+            <a:ext cx="3383134" cy="968972"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 8640"/>
+              <a:gd name="adj2" fmla="val 93758"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nn-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>I dag skal vi gjennomføre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>C.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="nn-NO" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Plassholder for innhold 3" descr="A Samarbeid lærarar&#10;B Utprøving med elevar&#10;C Erfaringsdeling lærarar">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E90F7FF-5F45-C4AD-42F3-282A456517DD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3945626024"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="165472" y="4124438"/>
+          <a:ext cx="7868414" cy="2937162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1987754429"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Tidsplan for økt C</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Table 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA601A4A-603E-FA08-9768-0682D6A9176B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3982814808"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1130424" y="2276872"/>
+          <a:ext cx="9502080" cy="3168354"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{B301B821-A1FF-4177-AEE7-76D212191A09}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="6479924">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="682717409"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="3022156">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="985515506"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" u="none" strike="noStrike" cap="none" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Aktivitet</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Tid</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="498461526"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Del erfaringar</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>10 minutt</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3709373942"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Uteaktivitet i elevrolle</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0"/>
+                        <a:t>25 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+                        <a:t>minutt</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="244407007"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:sym typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Diskusjon om utstyr</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0"/>
+                        <a:t>15 minutt</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2386477327"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Oppsummering</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>10 minutt</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="557659506"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+                        <a:t>Totalt</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+                        <a:t>60 minutt</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2221886606"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1048193615"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49B70617-778A-3638-1EB8-0120323B20DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Del erfaringar</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37A8FF9B-2518-B8E2-4144-4695C2B465E6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for innhold 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA24B60E-BA7D-C5B9-0976-4D2425C8468E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Fortel om aktivitetane de kartla i gruppa:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Kva for aktivitet valde du, og kvifor?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Kva utstyr var det behov for?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Hadde skolen utstyret det var behov for?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Har du forslag til alternativt utstyr, eller til tilpassing av aktiviteten?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1114010013"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BDFEA87-FFF0-EE67-6E07-871F9A4389A7}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639BD534-6A1A-2677-5C6D-CF8C9A6E00F0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
               <a:t>Mål</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for innhold 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24A98D7-926C-9CB5-8A41-F726FBE762E1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="5994400" cy="2944602"/>
+            <a:off x="838200" y="1766455"/>
+            <a:ext cx="5994400" cy="3708469"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1800"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent3"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>Denne modulen handlar om å </a:t>
-[...8 lines deleted...]
-              <a:t>planlegge og organisere utstyr på skolen som skal brukast til uteaktivitetar. </a:t>
+              <a:t>I denne modulen skal vi diskutere korleis vi kan organisere og planlegge bruk av utstyr på skolen som skal brukast til uteaktivitetar. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1800"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent3"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
-              <a:t>I alle </a:t>
+              <a:t>Modulen består av tre delar:</a:t>
             </a:r>
-            <a:r>
-[...46 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0">
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Bilde 8" descr="Foto: To elever som er ute, de måler tykkelsen av en trestamme. &#10;&#10;">
+          <p:cNvPr id="10" name="Bilde 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA49D18B-1C44-20C7-F484-02FAC61D458F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7444BEA1-EC26-9D00-EE36-A16F2AB7B052}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="screen">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7582213" y="1956699"/>
-            <a:ext cx="4416903" cy="2944602"/>
+            <a:off x="8392388" y="1027906"/>
+            <a:ext cx="3097457" cy="4643919"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Plassholder for innhold 3" descr="A Samarbeid lærarar&#10;B Utprøving med elevar&#10;C Erfaringsdeling lærarar&#10;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CE7093A-E9FB-3D1C-B139-329E761C5A3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="48530381"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="246434" y="3765210"/>
+          <a:ext cx="7868414" cy="2937162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Bildeforklaring formet som et avrundet rektangel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56A46AE5-0C7C-B575-DD2C-738E40F33773}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4434840" y="3353457"/>
+            <a:ext cx="3599046" cy="968972"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -110091"/>
+              <a:gd name="adj2" fmla="val 84490"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nn-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>I dag skal vi gjennomføre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>A.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="nn-NO" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2047864915"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A18A0FD5-5A19-5932-2356-23DE796E0177}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56046F21-BA0F-E3B6-5FD2-C01CA875A4E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814405"/>
+            <a:ext cx="8582025" cy="2177328"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="6600" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Uteaktivitet i elevrolle</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D838AA3-96C5-C035-37A8-8B0507C1B78C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>25</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> minutt</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9203FE0E-0AF2-B7E1-17BC-ABA510A09654}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2113370561"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2983445234"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8105502-907C-7FD8-A868-431321BEF3E7}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE76567B-D323-E723-FBAF-04F45DC06720}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" b="0" dirty="0"/>
+              <a:t>Korleis kan vi observere vind?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87C4623C-90FB-000E-B4FB-B221F0A8B8F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1887084"/>
+            <a:ext cx="5562600" cy="3684134"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal no bli kjende med opplegget </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Korleis kan vi observere vind? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>frå</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>naturfag.no/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0" err="1">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>uterommet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Vi går ut og gjennomfører </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0" err="1"/>
+              <a:t>utedelen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t> i opplegget. Etterpå skal de vurdere utbyttet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Modulleiar er lærar og dei andre er i elevrolle. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for innhold 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCF0266B-4D77-9BF3-99D7-D9ACB953C1BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9749642" y="856083"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>15 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rektangel: avrundede hjørner 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA79F9A1-E675-1760-DCC1-3E40021F8DB6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="5192854"/>
+            <a:ext cx="5727700" cy="977900"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3200" b="1" dirty="0"/>
+              <a:t>Sjåast ute </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3200" b="1" dirty="0">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="3200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="3" name="Group 2" descr="Ein skjermdump av nettsida med undervisningsopplegget &quot;Korleis kan vi observere vind?&quot;.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86166348-FD62-4631-F92D-2079BA9F27B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7890920" y="1772479"/>
+            <a:ext cx="3712989" cy="4875020"/>
+            <a:chOff x="7775172" y="1772479"/>
+            <a:chExt cx="3712989" cy="4875020"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="2" name="Bilde 1" descr="Et skjermbilde av naturfagsenterets nettside som viser undervisningsopplegget &quot;Hvilket kjennetegn har småkrypene?&quot;.">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47B50948-4A98-315F-2E0A-C81EDB061E40}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7848848" y="1772479"/>
+              <a:ext cx="3639313" cy="1325563"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="TekstSylinder 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8122082B-7A58-2192-04D2-4BC33CBCC522}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9812359" y="2388799"/>
+              <a:ext cx="1406912" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="285770"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>/</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="285770"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>uterommet</a:t>
+              </a:r>
+              <a:endParaRPr lang="nn-NO" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="285770"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="9" name="Bilde 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{369DDC16-65DA-A1C5-E61E-208064FD34EB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId5" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect l="-1" r="-91"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7775172" y="2859896"/>
+              <a:ext cx="3639313" cy="3787603"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2972107981"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{812EB6DB-D05B-3A62-8CB5-9611B3C1D6AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Gjennomfør etterarbeid</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Plassholder for innhold 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3A141A7-D220-612A-62DC-0A078B4F6F38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5479473" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal no bli kjende med </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>etterarbeidet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t> i aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Korleis kan vi observere vind? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Opne nettsida naturfag.no/uterommet og finn aktiviteten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Sjå filmen, les gjennom beskrivinga og sjå gjennom presentasjonen til etterarbeidet. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C35678B-C836-3010-2A03-41EB3B7C8A91}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="2" name="Group 1" descr="Ein skjermdump av nettsida med undervisningsopplegget &quot;Korleis kan vi observere vind?&quot;.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{301FE27C-5A90-A75C-F974-C3931C9EC894}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7885262" y="963927"/>
+            <a:ext cx="3712989" cy="4875020"/>
+            <a:chOff x="7723217" y="963927"/>
+            <a:chExt cx="3712989" cy="4875020"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="5" name="Bilde 4" descr="Et skjermbilde av naturfagsenterets nettside som viser undervisningsopplegget &quot;Hvilket kjennetegn har småkrypene?&quot;.">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9282A078-7016-C1DE-432E-316E0CAC1974}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId3" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7796893" y="963927"/>
+              <a:ext cx="3639313" cy="1325563"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="TekstSylinder 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45A0BE2F-0220-64D8-0E28-D3A4ADEFF937}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9760404" y="1580247"/>
+              <a:ext cx="1406912" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="285770"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>/</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="nn-NO" b="1" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="285770"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>uterommet</a:t>
+              </a:r>
+              <a:endParaRPr lang="nn-NO" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="285770"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="7" name="Bilde 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3975C5D4-6035-A069-B258-83575BE358E0}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect l="-1" r="-91"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7723217" y="2051344"/>
+              <a:ext cx="3639313" cy="3787603"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2595274699"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3F82578-B57D-F5F8-897B-3F463EF9E825}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FBA7F03-2A3C-DA95-073E-B4645053DFEC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814405"/>
+            <a:ext cx="8582025" cy="2177328"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="6600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Diskusjon om utstyr</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{918B68AB-EE17-F869-3128-5F45E928BE3C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>15 minutt</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF2AE98D-B577-7BD4-C1EA-EBEAB94EAB72}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3429577220"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDE3FAC4-4178-488C-E8BF-61A218585678}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A2164A-FFE2-DEF6-CA3B-E5961019ED3C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Diskuter i grupper</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8629A63E-6B06-4864-5665-93DDAFCEFBAD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>15 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="3" name="Plassholder for innhold 4" descr="Tre punkter som forteller hva gruppene skal dele erfaringer om. Hvert punkt består av en grå bakgrunn og et tall i en blå sirkel. ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9016A3D8-6F7A-4EDF-F6F3-9DCAE9EAAE4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1856702449"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="674238" y="2056946"/>
+          <a:ext cx="10515599" cy="4223537"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2459916737"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23F05D38-1127-FF2F-1B60-2C4C0EB176F9}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E139E1E-B196-D175-E701-6C229A812885}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814405"/>
+            <a:ext cx="8582025" cy="2177328"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="6600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Oppsummering</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B15C940-DC28-9CB4-9658-0CB8B97137FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>0</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> minutt</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66D84C93-0639-7A74-96FD-FFB9D7768852}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="899219455"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85113338-67A5-6AA6-2E70-1C6D0340F1E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Oppsummering</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Plassholder for innhold 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC5CD23C-469F-FA80-BE75-B34A134F40B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TekstSylinder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{715115A5-A87D-E969-5C4A-334BD7604FB3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="908094" y="1322698"/>
+            <a:ext cx="9846638" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>De har no vore gjennom dei fire modulane i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0" err="1"/>
+              <a:t>Uterommet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t> med desse verktøya:  </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rektangel: avrundede hjørner 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{766BD996-0D03-8B21-6B70-0B7094EC1B10}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="922773" y="1750316"/>
+            <a:ext cx="3610792" cy="370370"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" b="1" dirty="0"/>
+              <a:t>Modul 1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Bilde 1" descr="Skjermdump av tabellen &quot;Kjennetegn på elevers utbytte av uteundervisning.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92F96862-E833-4874-2DBE-C41590FCCF9C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="922773" y="2168802"/>
+            <a:ext cx="3610794" cy="1739944"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rektangel: avrundede hjørner 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D217681-261D-2F9E-4267-E3907124262F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="918485" y="4054279"/>
+            <a:ext cx="3610792" cy="370370"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" b="1" dirty="0"/>
+              <a:t>Modul 2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TekstSylinder 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{819A68A9-9ACF-AA76-6D0A-9B759CF97AED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="918484" y="4481140"/>
+            <a:ext cx="3610793" cy="261610"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent3">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kjenneteikn på gode uteaktivitetar </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Bilde 9" descr="Skjermdump av figuren &quot;Kjennetegn på gode uteaktiviteter&quot;.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B405795-A2C4-29C4-B43F-693298B82117}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="4671671"/>
+            <a:ext cx="3727494" cy="2068758"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rektangel: avrundede hjørner 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60A8D7CC-127B-1E6C-47F5-A4A61A039E57}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4916057" y="1750316"/>
+            <a:ext cx="2361262" cy="370370"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" b="1" dirty="0"/>
+              <a:t>Modul 3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TekstSylinder 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B25D56D-6D1C-88B8-A1DA-6F46B90B474F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4916057" y="2193266"/>
+            <a:ext cx="2361262" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent3">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Design av enkle uteaktivitetar </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Bilde 12" descr="Skjermdump av malen for enkle uteaktiviteter.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AE79B1F-1D0A-5F2D-314E-8E6A9DA8585D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4914681" y="2512826"/>
+            <a:ext cx="2362638" cy="3500206"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rektangel: avrundede hjørner 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC54224B-D805-1313-D1E4-CEE58039944B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8095751" y="1741000"/>
+            <a:ext cx="2361262" cy="370370"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" b="1" dirty="0"/>
+              <a:t>Modul 4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="TekstSylinder 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7C5BAFC-01AC-49E0-7003-992281420ECB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8095751" y="2187871"/>
+            <a:ext cx="2361262" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent3">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Utstyr i uteaktivitetar </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Bilde 16" descr="Skjermdump av tabellen &quot;Utstyr i uteaktiviteter&quot;.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C54FF6E1-A949-1B46-A946-90514A97ECA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8039550" y="2497262"/>
+            <a:ext cx="2549432" cy="1208933"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Snakkeboble: rektangel med avrundede hjørner 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E9998D6-4E9C-E5E6-6C65-6EEF0627AD60}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8095751" y="4380487"/>
+            <a:ext cx="3258049" cy="1325563"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 5027"/>
+              <a:gd name="adj2" fmla="val 90720"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Tenk-par-del: Korleis vil du ta med dette vidare i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0" err="1"/>
+              <a:t>uteundervisninga</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t> di?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="757490236"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="7" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="8" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="9" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="10" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="11" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="15" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="17" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="18" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="19" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="20" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="14"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="23" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="25" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="26" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="27" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="28" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="30" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="18"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="31" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="32" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="17"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="33" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="34" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="35" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="36" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="19"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="5" grpId="0" animBg="1"/>
+      <p:bldP spid="8" grpId="0" animBg="1"/>
+      <p:bldP spid="12" grpId="0" animBg="1"/>
+      <p:bldP spid="14" grpId="0" animBg="1"/>
+      <p:bldP spid="15" grpId="0" animBg="1"/>
+      <p:bldP spid="16" grpId="0" animBg="1"/>
+      <p:bldP spid="18" grpId="0" animBg="1"/>
+      <p:bldP spid="19" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CA85774-CEFE-8109-50F8-6C8295C0E6B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -23335,2992 +34966,468 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nn-NO"/>
               <a:t>Utstyr til uteaktivitetar – kva treng vi?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1987299400"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Title 2">
+          <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06719DA3-44E7-619D-B5A0-73E11567E7E9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95CADC55-4389-E3D0-DD8D-6393C4A1033F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr anchor="ctr">
+          <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nn-NO"/>
-              <a:t>Tidsplan for økt C</a:t>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Tidsplan for økt A</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="4" name="Table 4">
+          <p:cNvPr id="2" name="Table 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8013721A-AE44-A22F-924A-D918D8A1E79A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98EB2D85-D91A-0CDE-82AE-170C4F5011A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2639452581"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="200852571"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1130424" y="2276872"/>
           <a:ext cx="9502080" cy="2640295"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{B301B821-A1FF-4177-AEE7-76D212191A09}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="6479924">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="682717409"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3022156">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="985515506"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="x-none" sz="2200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="nn-NO" sz="2200" b="0" u="none" strike="noStrike" cap="none" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>Aktivitet</a:t>
                       </a:r>
-                      <a:endParaRPr sz="2200" b="0" dirty="0">
+                      <a:endParaRPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="x-none" sz="2200" b="0" dirty="0">
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>Tid</a:t>
                       </a:r>
-                      <a:endParaRPr sz="2200" b="0" dirty="0">
-[...3 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="498461526"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>Del </a:t>
+                        <a:t>Uteaktivitet</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0" err="1">
+                        <a:rPr lang="nn-NO" sz="2200" b="0" baseline="0" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>erfaringar</a:t>
+                        <a:t> i elevrolle </a:t>
                       </a:r>
-                      <a:r>
-[...6 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
-                        <a:t>20</a:t>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0"/>
+                        <a:t>30</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="x-none" sz="2200" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
                         <a:t> minutt</a:t>
                       </a:r>
-                      <a:endParaRPr sz="2200" dirty="0">
+                      <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="244407007"/>
-                  </a:ext>
-[...148 lines deleted...]
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4012619251"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
-                        <a:t>Totalt</a:t>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Vurder utstyr i uteaktivitetar</a:t>
                       </a:r>
-                      <a:endParaRPr sz="2200" b="1" dirty="0">
+                      <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
                         <a:solidFill>
-                          <a:schemeClr val="bg1"/>
+                          <a:schemeClr val="tx1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
-                        <a:t>60 minutt</a:t>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0"/>
+                        <a:t>20 minutt</a:t>
                       </a:r>
-                      <a:endParaRPr sz="2200" b="1" dirty="0">
+                      <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2221886606"/>
-[...2286 lines deleted...]
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="498461526"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="810729883"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
-[...4 lines deleted...]
-                        <a:t>Forarbeid i grupper</a:t>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0"/>
+                        <a:t>Planlegge utprøving</a:t>
                       </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
-                        <a:t>10</a:t>
+                        <a:rPr lang="nn-NO" sz="2200" b="0" noProof="0" dirty="0"/>
+                        <a:t>1</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="x-none" sz="2200" dirty="0"/>
-                        <a:t> minutt</a:t>
+                        <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+                        <a:t>0 minutt</a:t>
                       </a:r>
-                      <a:endParaRPr sz="2200" dirty="0">
+                      <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="244407007"/>
-[...77 lines deleted...]
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2386477327"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="48705819"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
                         <a:t>Totalt</a:t>
                       </a:r>
-                      <a:endParaRPr sz="2200" b="1" dirty="0">
+                      <a:endParaRPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
                         <a:t>60 minutt</a:t>
                       </a:r>
-                      <a:endParaRPr sz="2200" b="1" dirty="0">
+                      <a:endParaRPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2221886606"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2188128414"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -26351,59 +35458,59 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1804987" y="1814405"/>
             <a:ext cx="8582025" cy="2177328"/>
           </a:xfrm>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200">
+              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
-              <a:t>Forarbeid i grupper</a:t>
+              <a:t>Uteaktivitet i elevrolle </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Graphic 8" descr="Stoppeklokke">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74A9D825-6946-DB23-7423-51E528F35A7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
@@ -26433,1538 +35540,926 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CE3EE53-F389-BF93-AFA8-B6E850D35614}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5237361" y="4703084"/>
             <a:ext cx="2633196" cy="581025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t> minutt</a:t>
+              <a:t>30 minutt</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1775095940"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{843EDDE1-FF94-72E3-5684-A788AFFE43D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="417372"/>
+            <a:ext cx="5994400" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Uteaktivitet i elevrolle</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Plassholder for innhold 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2657D54-3E12-86FA-D5D3-E286BBC601BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>15 min</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2214A61-3FD7-962F-DB03-69227B3F7AFF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="2017315"/>
+            <a:ext cx="5994400" cy="2679373"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal nå gjennomføre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" dirty="0" err="1"/>
+              <a:t>utedelen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>av aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Hvor gammelt er treet? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Etterpå skal vi bruke aktiviteten som utgangspunkt for å diskutere </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>korleis vi kan planlegge og organisere utstyr på skolen som skal brukast til uteaktivitetar. </a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Modulleiar er lærar og dei andre er i elevrolle. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rektangel: avrundede hjørner 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{376E7A1F-5A88-806C-899E-557304BA1198}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="5106661"/>
+            <a:ext cx="5727700" cy="977900"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3200" b="1" dirty="0"/>
+              <a:t>Sjåast ute </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3200" b="1" dirty="0">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="3200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="Skjermdump av aktiviteten Hvor gammelt er treet? på naturfag.no.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E2905A1-AF93-1677-459A-199E223C7927}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7575361" y="1344645"/>
+            <a:ext cx="4437658" cy="4168709"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3216240977"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{812EB6DB-D05B-3A62-8CB5-9611B3C1D6AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
+              <a:t>Etterarbeid i aktiviteten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Plassholder for innhold 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3A141A7-D220-612A-62DC-0A078B4F6F38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5656118" cy="3687729"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal nå bli kjende med </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>etterarbeidet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t> i aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Hvor gammelt er treet? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>Samarbeid i par:</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Opne nettsida: naturfag.no/uterommet og finn aktiviteten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Sjå filmen, les gjennom beskrivinga og sjå gjennom presentasjonen til etterarbeidet. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C35678B-C836-3010-2A03-41EB3B7C8A91}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 1" descr="Skjermdump av aktiviteten Hvor gammelt er treet? på naturfag.no.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBF72FDF-915C-916B-43D6-AC9AE23032E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7575361" y="1344645"/>
+            <a:ext cx="4437658" cy="4168709"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3443724746"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05907D22-5F2F-BA64-1AFD-8821FDCC31EB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF85C270-30EB-16E1-BCF2-202F6DEE92BF}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{474D4991-F8EF-0335-4152-D026E5110344}"/>
-[...372 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56046F21-BA0F-E3B6-5FD2-C01CA875A4E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36DA8808-1C5E-9B7B-2D15-6C9B98ADAABD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1804987" y="1814405"/>
-            <a:ext cx="8582025" cy="2177328"/>
+            <a:off x="509154" y="1814405"/>
+            <a:ext cx="11222181" cy="2177328"/>
           </a:xfrm>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="6600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vurder utstyr i uteaktivitetar</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="6600" b="1" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="+mj-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B586ABB0-38C6-5501-48A9-C205F8209895}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200">
+              <a:rPr lang="nn-NO" sz="2800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mj-ea"/>
-                <a:cs typeface="+mj-cs"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Kartlegge behov </a:t>
-[...20 lines deleted...]
-              <a:t>for utstyr</a:t>
+              <a:t>20 minutt</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Graphic 8" descr="Stoppeklokke">
+          <p:cNvPr id="3" name="Graphic 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9203FE0E-0AF2-B7E1-17BC-ABA510A09654}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DF5D8FB-9F7E-09B0-7D60-D5085FFBEE8C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4439970" y="4439512"/>
             <a:ext cx="1108171" cy="1108171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...41 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="106360680"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="59048323"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91D68E9E-CC34-1C72-7CC3-03C786AD2612}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F27396F9-D441-E6EB-2CFE-838E8C9EF239}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nn-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
               <a:t>Er utstyr ein barriere?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for innhold 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18D3E916-7A5F-13D8-8213-CF2AC6F2F9F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838201" y="1825625"/>
+            <a:ext cx="5257800" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
               <a:t>Ein av barrierane som lærarar </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0" err="1"/>
               <a:t>oppgir</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
-              <a:t> som grunn til at dei sjeldan gjennomfører undervisning ute, er mangel på utstyr.</a:t>
+              <a:t> som grunn til at dei sjeldan gjennomfører undervisning ute, er mangel på utstyr. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal nå </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" dirty="0">
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>diskutere korleis vi kan planlegge og organisere utstyr på skolen som skal brukast til uteaktivitetar.</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
           </a:p>
           <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+            </a:pPr>
             <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Gruppe 1" descr="En grønn spørsmålsboks med et spørsmål">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Bilde 1" descr="Foto: To elever som er ute, de måler tykkelsen av en trestamme. &#10;&#10;">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE01AF8D-99E9-55E1-8090-E771F2261A49}"/>
-[...743 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{832AD7A8-3ECD-F495-B459-14CC53916374}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F5D9F9C-F82E-A17C-A01E-7DD16677274A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="email">
+          <a:blip r:embed="rId2" cstate="screen">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7575361" y="1344645"/>
-            <a:ext cx="4437658" cy="4168709"/>
+            <a:off x="7267888" y="1825625"/>
+            <a:ext cx="4416903" cy="2944602"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...2 lines deleted...]
-          <a:effectLst/>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3428347979"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3371351681"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Egendefinert 2">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="227186"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -28524,106 +37019,110 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>816</Words>
+  <Words>845</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>135</Paragraphs>
-[...1 lines deleted...]
-  <Notes>6</Notes>
+  <Paragraphs>168</Paragraphs>
+  <Slides>26</Slides>
+  <Notes>11</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Brukte skrifter</vt:lpstr>
+        <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Lysbildetitler</vt:lpstr>
+        <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>22</vt:i4>
+        <vt:i4>26</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="27" baseType="lpstr">
+    <vt:vector size="31" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
-      <vt:lpstr>Cambria Math</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office-tema</vt:lpstr>
       <vt:lpstr>Utstyr til uteaktivitetar – kva treng vi?</vt:lpstr>
+      <vt:lpstr>Mål</vt:lpstr>
       <vt:lpstr>A – Samarbeid</vt:lpstr>
-      <vt:lpstr>Mål</vt:lpstr>
       <vt:lpstr>Tidsplan for økt A</vt:lpstr>
-      <vt:lpstr>Forarbeid i grupper</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Kartlegge behov  for utstyr</vt:lpstr>
+      <vt:lpstr>Uteaktivitet i elevrolle </vt:lpstr>
+      <vt:lpstr>Uteaktivitet i elevrolle</vt:lpstr>
+      <vt:lpstr>Etterarbeid i aktiviteten</vt:lpstr>
+      <vt:lpstr>Vurder utstyr i uteaktivitetar</vt:lpstr>
       <vt:lpstr>Er utstyr ein barriere?</vt:lpstr>
-      <vt:lpstr>Smakebit av ein uteromsaktivitet</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Når er eit tre gammalt?</vt:lpstr>
       <vt:lpstr>Diskuter i grupper</vt:lpstr>
-      <vt:lpstr>Diskuter i plenum</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Mål</vt:lpstr>
+      <vt:lpstr>Samarbeid i grupper</vt:lpstr>
+      <vt:lpstr>Del i plenum</vt:lpstr>
+      <vt:lpstr>Planlegg utprøving</vt:lpstr>
+      <vt:lpstr>Planlegg utprøving med elevar</vt:lpstr>
+      <vt:lpstr>B – Utprøving</vt:lpstr>
+      <vt:lpstr>C – Erfaringsdeling</vt:lpstr>
+      <vt:lpstr>Repeter mål</vt:lpstr>
       <vt:lpstr>Tidsplan for økt C</vt:lpstr>
       <vt:lpstr>Del erfaringar</vt:lpstr>
-      <vt:lpstr>Diskusjon i plenum</vt:lpstr>
+      <vt:lpstr>Uteaktivitet i elevrolle</vt:lpstr>
+      <vt:lpstr>Korleis kan vi observere vind?</vt:lpstr>
+      <vt:lpstr>Gjennomfør etterarbeid</vt:lpstr>
+      <vt:lpstr>Diskusjon om utstyr</vt:lpstr>
+      <vt:lpstr>Diskuter i grupper</vt:lpstr>
+      <vt:lpstr>Oppsummering</vt:lpstr>
+      <vt:lpstr>Oppsummering</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint-presentasjon</dc:title>
   <dc:creator>Celine Aas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>