--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -4501,54 +4501,54 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent6"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="31729" autoAdjust="0"/>
     <p:restoredTop sz="95869"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="92" d="100"/>
-          <a:sy n="92" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="432" y="126"/>
+        <p:origin x="396" y="66"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
@@ -20855,51 +20855,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" b="0" i="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E5740EF2-BF26-D74B-B76B-2264CCA3BAAA}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbilde 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -22851,51 +22851,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -23072,51 +23072,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -23409,51 +23409,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -23659,51 +23659,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -28786,51 +28786,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1655320109"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483659" r:id="rId2"/>
     <p:sldLayoutId id="2147483665" r:id="rId3"/>
     <p:sldLayoutId id="2147483668" r:id="rId4"/>
     <p:sldLayoutId id="2147483669" r:id="rId5"/>
     <p:sldLayoutId id="2147483667" r:id="rId6"/>
     <p:sldLayoutId id="2147483666" r:id="rId7"/>
     <p:sldLayoutId id="2147483670" r:id="rId8"/>
     <p:sldLayoutId id="2147483671" r:id="rId9"/>
     <p:sldLayoutId id="2147483672" r:id="rId10"/>
     <p:sldLayoutId id="2147483660" r:id="rId11"/>
@@ -31054,53 +31054,54 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639BD534-6A1A-2677-5C6D-CF8C9A6E00F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nn-NO" sz="3600" dirty="0"/>
-              <a:t>Repeter mål</a:t>
+              <a:rPr lang="nn-NO" sz="3600"/>
+              <a:t>Mål</a:t>
             </a:r>
+            <a:endParaRPr lang="nn-NO" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for innhold 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24A98D7-926C-9CB5-8A41-F726FBE762E1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1608084"/>
             <a:ext cx="5994400" cy="2203896"/>
           </a:xfrm>
         </p:spPr>
@@ -37019,51 +37020,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>845</Words>
+  <Words>844</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>168</Paragraphs>
   <Slides>26</Slides>
   <Notes>11</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
@@ -37073,51 +37074,51 @@
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="31" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office-tema</vt:lpstr>
       <vt:lpstr>Utstyr til uteaktivitetar – kva treng vi?</vt:lpstr>
       <vt:lpstr>Mål</vt:lpstr>
       <vt:lpstr>A – Samarbeid</vt:lpstr>
       <vt:lpstr>Tidsplan for økt A</vt:lpstr>
       <vt:lpstr>Uteaktivitet i elevrolle </vt:lpstr>
       <vt:lpstr>Uteaktivitet i elevrolle</vt:lpstr>
       <vt:lpstr>Etterarbeid i aktiviteten</vt:lpstr>
       <vt:lpstr>Vurder utstyr i uteaktivitetar</vt:lpstr>
       <vt:lpstr>Er utstyr ein barriere?</vt:lpstr>
       <vt:lpstr>Diskuter i grupper</vt:lpstr>
       <vt:lpstr>Samarbeid i grupper</vt:lpstr>
       <vt:lpstr>Del i plenum</vt:lpstr>
       <vt:lpstr>Planlegg utprøving</vt:lpstr>
       <vt:lpstr>Planlegg utprøving med elevar</vt:lpstr>
       <vt:lpstr>B – Utprøving</vt:lpstr>
       <vt:lpstr>C – Erfaringsdeling</vt:lpstr>
-      <vt:lpstr>Repeter mål</vt:lpstr>
+      <vt:lpstr>Mål</vt:lpstr>
       <vt:lpstr>Tidsplan for økt C</vt:lpstr>
       <vt:lpstr>Del erfaringar</vt:lpstr>
       <vt:lpstr>Uteaktivitet i elevrolle</vt:lpstr>
       <vt:lpstr>Korleis kan vi observere vind?</vt:lpstr>
       <vt:lpstr>Gjennomfør etterarbeid</vt:lpstr>
       <vt:lpstr>Diskusjon om utstyr</vt:lpstr>
       <vt:lpstr>Diskuter i grupper</vt:lpstr>
       <vt:lpstr>Oppsummering</vt:lpstr>
       <vt:lpstr>Oppsummering</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint-presentasjon</dc:title>
   <dc:creator>Celine Aas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>