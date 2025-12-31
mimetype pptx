--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -1,179 +1,183 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing4.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
-  <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId30"/>
+    <p:notesMasterId r:id="rId32"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="576" r:id="rId2"/>
-    <p:sldId id="577" r:id="rId3"/>
-    <p:sldId id="580" r:id="rId4"/>
+    <p:sldId id="580" r:id="rId3"/>
+    <p:sldId id="577" r:id="rId4"/>
     <p:sldId id="260" r:id="rId5"/>
-    <p:sldId id="613" r:id="rId6"/>
-[...22 lines deleted...]
-    <p:sldId id="609" r:id="rId29"/>
+    <p:sldId id="583" r:id="rId6"/>
+    <p:sldId id="586" r:id="rId7"/>
+    <p:sldId id="610" r:id="rId8"/>
+    <p:sldId id="588" r:id="rId9"/>
+    <p:sldId id="582" r:id="rId10"/>
+    <p:sldId id="635" r:id="rId11"/>
+    <p:sldId id="645" r:id="rId12"/>
+    <p:sldId id="557" r:id="rId13"/>
+    <p:sldId id="594" r:id="rId14"/>
+    <p:sldId id="591" r:id="rId15"/>
+    <p:sldId id="612" r:id="rId16"/>
+    <p:sldId id="595" r:id="rId17"/>
+    <p:sldId id="657" r:id="rId18"/>
+    <p:sldId id="651" r:id="rId19"/>
+    <p:sldId id="599" r:id="rId20"/>
+    <p:sldId id="652" r:id="rId21"/>
+    <p:sldId id="607" r:id="rId22"/>
+    <p:sldId id="608" r:id="rId23"/>
+    <p:sldId id="640" r:id="rId24"/>
+    <p:sldId id="634" r:id="rId25"/>
+    <p:sldId id="653" r:id="rId26"/>
+    <p:sldId id="656" r:id="rId27"/>
+    <p:sldId id="637" r:id="rId28"/>
+    <p:sldId id="654" r:id="rId29"/>
+    <p:sldId id="642" r:id="rId30"/>
+    <p:sldId id="609" r:id="rId31"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
-  <p:embeddedFontLst>
-[...12 lines deleted...]
-  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="nb-NO"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -231,50 +235,56 @@
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
+</file>
+
+<file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
+<p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
+  <p188:author id="{D1083325-E0B0-656E-CF78-30BB164F5EC8}" name="Berit Reitan" initials="BR" userId="S::berire@uio.no::43bce2ec-33aa-41b6-ab62-07979b3a03d6" providerId="AD"/>
+</p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="227186"/>
     <a:srgbClr val="285770"/>
     <a:srgbClr val="E8ECEE"/>
@@ -3435,5477 +3445,135 @@
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="25400" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="34610" autoAdjust="0"/>
+    <p:restoredLeft sz="32393" autoAdjust="0"/>
     <p:restoredTop sz="86411" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="77" d="100"/>
-          <a:sy n="77" d="100"/>
+          <a:sx n="83" d="100"/>
+          <a:sy n="83" d="100"/>
         </p:scale>
-        <p:origin x="120" y="504"/>
+        <p:origin x="792" y="78"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-318"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="80" d="100"/>
         <a:sy n="80" d="100"/>
       </p:scale>
-      <p:origin x="0" y="0"/>
+      <p:origin x="0" y="-5576"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
-[...5343 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
-<file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="nb-NO"/>
+  <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
-      <c:layout/>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.33224818365095665"/>
+          <c:y val="3.0394788913203248E-2"/>
+          <c:w val="0.36207368100726539"/>
+          <c:h val="0.8750002872679622"/>
+        </c:manualLayout>
+      </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>'Ark1'!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Kolonne2</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent4"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
@@ -8963,52 +3631,52 @@
           <c:dPt>
             <c:idx val="3"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent6"/>
               </a:solidFill>
               <a:ln w="19050">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000002-9D94-A243-9429-A699C4027C2C}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-0.11233409772606871"/>
-                  <c:y val="0.21591804441586868"/>
+                  <c:x val="-0.12078816234927156"/>
+                  <c:y val="0.1823537955451863"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr lang="nb-NO" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" noProof="0"/>
                       <a:t>Fysisk aktivitet</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
@@ -9028,213 +3696,234 @@
                 <a:p>
                   <a:pPr>
                     <a:defRPr lang="nb-NO" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="nb-NO"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
-                      <c:w val="0.10252744476867058"/>
-                      <c:h val="0.15474174481425049"/>
+                      <c:w val="0.12185115447525581"/>
+                      <c:h val="0.21019603625367644"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000001-9D94-A243-9429-A699C4027C2C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-0.25681552201164487"/>
-                  <c:y val="-0.22184266275760309"/>
+                  <c:x val="-0.29365124196431963"/>
+                  <c:y val="-0.25102899384051536"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:noAutofit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr lang="nb-NO" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="nb-NO"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
-                      <c:w val="0.12155797101449275"/>
-                      <c:h val="0.18088298357884403"/>
+                      <c:w val="0.14450483091787439"/>
+                      <c:h val="0.24509311848447535"/>
                     </c:manualLayout>
                   </c15:layout>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000004-9D94-A243-9429-A699C4027C2C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="0.24172428584247879"/>
-                  <c:y val="-0.16048656676481035"/>
+                  <c:x val="0.27433299098482244"/>
+                  <c:y val="-0.25972034348974971"/>
                 </c:manualLayout>
               </c:layout>
+              <c:tx>
+                <c:rich>
+                  <a:bodyPr/>
+                  <a:lstStyle/>
+                  <a:p>
+                    <a:r>
+                      <a:rPr lang="en-US" noProof="0" dirty="0"/>
+                      <a:t>Gjøre</a:t>
+                    </a:r>
+                  </a:p>
+                  <a:p>
+                    <a:r>
+                      <a:rPr lang="en-US" baseline="0" noProof="0" dirty="0"/>
+                      <a:t> egne valg</a:t>
+                    </a:r>
+                    <a:endParaRPr lang="en-US" noProof="0" dirty="0"/>
+                  </a:p>
+                </c:rich>
+              </c:tx>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
-                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:showDataLabelsRange val="0"/>
+                </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000003-9D94-A243-9429-A699C4027C2C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="0.11192613971019477"/>
-                  <c:y val="0.23455209234681454"/>
+                  <c:x val="0.11192618585720258"/>
+                  <c:y val="0.18201642805040658"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr lang="nb-NO" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2400" noProof="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                       </a:rPr>
-                      <a:t>Sanser</a:t>
+                      <a:t>Bruke sansene</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:noAutofit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr lang="nb-NO" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="nb-NO"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
-                      <c:w val="0.10938756027168595"/>
-                      <c:h val="0.15177202433603831"/>
+                      <c:w val="0.10938757655293088"/>
+                      <c:h val="0.21598207264064526"/>
                     </c:manualLayout>
                   </c15:layout>
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000002-9D94-A243-9429-A699C4027C2C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr lang="nb-NO" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
                     <a:solidFill>
@@ -9355,51 +4044,51 @@
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="nb-NO"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="nb-NO"/>
+  <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>'Ark1'!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Kolonne2</c:v>
@@ -9859,1185 +4548,91 @@
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="nb-NO"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
-<file path=ppt/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1012 lines deleted...]
-
 <file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
     <a:lumOff val="50000"/>
   </cs:variation>
 </cs:colorStyle>
 </file>
 
 <file path=ppt/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
-<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
-[...78 lines deleted...]
-<file path=ppt/charts/colors4.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
@@ -12071,2688 +5666,9886 @@
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1197" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
-<file path=ppt/charts/style3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1044 lines deleted...]
-
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2">
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="accent2" pri="11200"/>
+    <dgm:cat type="accent1" pri="11500"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
-    <dgm:fillClrLst meth="repeat">
-[...26 lines deleted...]
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="vennNode1">
-[...1 lines deleted...]
-      <a:schemeClr val="accent2">
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
         <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="node2">
-[...1 lines deleted...]
-      <a:schemeClr val="accent2"/>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="node3">
-[...1 lines deleted...]
-      <a:schemeClr val="accent2"/>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="node4">
-[...1 lines deleted...]
-      <a:schemeClr val="accent2"/>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
   <dgm:styleLbl name="fgImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgImgPlace1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgSibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgSibTrans2D1">
-    <dgm:fillClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-[...1 lines deleted...]
-        <a:tint val="60000"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans1D1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="callout">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst0">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst2">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst3">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst4">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:tint val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
-  <dgm:styleLbl name="parChTrans2D2">
+  <dgm:styleLbl name="parChTrans1D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
-[...42 lines deleted...]
-        <a:shade val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D2">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="60000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D3">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D4">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-        <a:shade val="80000"/>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="conFgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="trAlignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidFgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
-    <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidAlignAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidBgAcc1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAccFollowNode1">
-    <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAccFollowNode1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAccFollowNode1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="accent1">
         <a:alpha val="90000"/>
         <a:tint val="40000"/>
-      </a:schemeClr>
-[...130 lines deleted...]
-        <a:tint val="60000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
+<file path=ppt/diagrams/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11500"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=ppt/diagrams/colors3.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11500"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=ppt/diagrams/colors4.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11500"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="cycle">
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="30000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="20000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst>
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="90000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="70000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
-    <dgm:pt modelId="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" type="doc">
-      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList" loCatId="icon" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2018/5/colors/Iconchunking_neutralbg_accent2_2" csCatId="accent2" phldr="1"/>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}">
-[...19 lines deleted...]
-    <dgm:pt modelId="{E14D2ED6-AAB8-48AA-8ECF-F058302AD909}" type="parTrans" cxnId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}">
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}" type="sibTrans" cxnId="{B84BD99C-4BB3-4F0F-9E87-34796F83F7C8}">
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}">
-      <dgm:prSet custT="1"/>
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr>
-[...3 lines deleted...]
-          </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-            <a:t>Hvilke kjennetegn på gode uteaktiviteter registrerte du i løpet av gjennomføringa?</a:t>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>B</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{DAF466D7-88EC-4A09-B6E5-64DB906F024A}" type="parTrans" cxnId="{255EA5AA-607D-4524-867C-8709FF74B5E0}">
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{C3DBDF80-71B9-448A-BF91-B6E0720416F4}" type="sibTrans" cxnId="{255EA5AA-607D-4524-867C-8709FF74B5E0}">
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="nb-NO"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{432E011F-3B14-4965-86CF-C8C0733AAC2A}" type="pres">
-      <dgm:prSet presAssocID="{E5F417A3-745C-4A07-B7D9-20BA81CF000F}" presName="root" presStyleCnt="0">
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{5671BD97-154C-4DD1-9579-E59AF9D4F819}" type="pres">
-[...38 lines deleted...]
-      <dgm:prSet presAssocID="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" presName="parTx" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="2">
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{6B0F6A9C-9E80-4BB2-A87F-7F59DBA53C42}" type="pres">
-      <dgm:prSet presAssocID="{42E76F3A-97BD-46F8-A9FF-CE56B9DF7ECC}" presName="sibTrans" presStyleCnt="0"/>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" type="pres">
-[...38 lines deleted...]
-      <dgm:prSet presAssocID="{AE9CB9B1-3E8D-42BA-91E6-A1965C31B567}" presName="parTx" presStyleLbl="revTx" presStyleIdx="1" presStyleCnt="2">
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{278D1564-C026-455B-A89A-2CB584E032C6}" type="presOf" srcId="{EBB45007-F656-4B3A-B974-CA6E117CC5B6}" destId="{C6476C8A-78D4-4957-BE78-90CC7A5235A6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
-[...14 lines deleted...]
-    <dgm:cxn modelId="{44654DE3-A981-4F3F-9B8F-7EDC54EA2F48}" type="presParOf" srcId="{567F4613-A760-4D42-B643-A6F8A7D5C5EC}" destId="{2C25D107-F56D-4C1D-96B6-BFAD3F4474D4}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/data3.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/data4.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_5" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" type="parTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" type="sibTrans" cxnId="{04563A1E-7E83-413A-925F-D85773D4BFDE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F30FBE0F-E770-48F9-BB78-92AA56460020}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{8F8AAD88-EDCC-4F88-8522-557708481172}" type="parTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F865CFC2-184D-4628-9245-EA88CD1AC034}" type="sibTrans" cxnId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}">
+      <dgm:prSet phldrT="[Tekst]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" b="1" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nb-NO" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere"/>
+        </a:ext>
+      </dgm:extLst>
+    </dgm:pt>
+    <dgm:pt modelId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" type="parTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}" type="sibTrans" cxnId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="nb-NO"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" type="pres">
+      <dgm:prSet presAssocID="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" type="pres">
+      <dgm:prSet presAssocID="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" type="pres">
+      <dgm:prSet presAssocID="{3FEE53AE-B334-4D3A-8B56-1F6979342401}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}" type="pres">
+      <dgm:prSet presAssocID="{F30FBE0F-E770-48F9-BB78-92AA56460020}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" type="pres">
+      <dgm:prSet presAssocID="{F865CFC2-184D-4628-9245-EA88CD1AC034}" presName="parTxOnlySpace" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" type="pres">
+      <dgm:prSet presAssocID="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{04563A1E-7E83-413A-925F-D85773D4BFDE}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" srcOrd="0" destOrd="0" parTransId="{0C4D952B-ABDE-4FA1-8D80-4E380B93677C}" sibTransId="{3FEE53AE-B334-4D3A-8B56-1F6979342401}"/>
+    <dgm:cxn modelId="{037CA62F-3C0C-4DB1-AB5F-CAC5B834CC58}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" srcOrd="2" destOrd="0" parTransId="{D1044FDE-7421-4D4B-A3FC-97D6045B096A}" sibTransId="{AB14B5C5-217A-4218-B5A0-BED2E7069A51}"/>
+    <dgm:cxn modelId="{03E5844B-80E3-4C60-A642-26C9CB0F70F3}" type="presOf" srcId="{2D282BA2-61EE-43F4-AFFC-0BFFC5D3E580}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{A9509A7B-48B4-438E-9BA7-979355E20633}" type="presOf" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{607A5A83-D7C7-498A-9302-614A344284F6}" type="presOf" srcId="{ACACFC32-AA16-446C-A7D4-4B86A83EA4E6}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{9D9C58A2-AF37-4902-A459-EF99D49BA717}" srcId="{0F1C4F9A-1AE3-4205-9F31-CF13CBB7D552}" destId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" srcOrd="1" destOrd="0" parTransId="{8F8AAD88-EDCC-4F88-8522-557708481172}" sibTransId="{F865CFC2-184D-4628-9245-EA88CD1AC034}"/>
+    <dgm:cxn modelId="{C9C60ABE-CA5B-4EA2-B928-5098C5CCD5E6}" type="presOf" srcId="{F30FBE0F-E770-48F9-BB78-92AA56460020}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{B0607C48-B054-448F-8333-C1239F4D84FC}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{C2625B8D-954C-438B-B25D-BEF22522F15B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{AE7F8AA8-243E-4535-A381-21B8001889EA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{6482B4E3-FC2A-4929-8B40-E1C02B9C7810}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{617DADDB-3448-4CF0-95B0-0557D2964961}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{E7E15805-0EC6-4E9C-B1BB-37D673143B16}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{63BAE9F9-3411-4D8E-889A-A20A511DDC48}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{D271BE1D-E0D3-416D-BD4D-45034106AA4B}" type="presParOf" srcId="{03CFFB3F-0083-4E02-B100-CDDA66CD8288}" destId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
-    <dsp:sp modelId="{0E945669-12E8-421E-AB04-77A956563E44}">
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="646729"/>
-          <a:ext cx="5764306" cy="1306656"/>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...2 lines deleted...]
-          </a:avLst>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="bg1">
-            <a:lumMod val="95000"/>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln>
-[...42 lines deleted...]
-        </a:blipFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
-    </dsp:sp>
-[...30 lines deleted...]
-      </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="138288" tIns="138288" rIns="138288" bIns="138288" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
             <a:lnSpc>
-              <a:spcPct val="100000"/>
+              <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0"/>
-            <a:t>Hvilket opplegg valgte du, og hvorfor?</a:t>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>A</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0"/>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1509188" y="646729"/>
-        <a:ext cx="4255117" cy="1306656"/>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{184FFD82-BFBC-48CB-A77C-FC784B1FD2F8}">
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="2270151"/>
-          <a:ext cx="5764306" cy="1306656"/>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...2 lines deleted...]
-          </a:avLst>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="bg1">
-            <a:lumMod val="95000"/>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
-            <a:alphaOff val="0"/>
+            <a:alphaOff val="-20000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln>
-[...42 lines deleted...]
-        </a:blipFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
-    </dsp:sp>
-[...30 lines deleted...]
-      </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="138288" tIns="138288" rIns="138288" bIns="138288" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
             <a:lnSpc>
-              <a:spcPct val="100000"/>
+              <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="nb-NO" sz="2200" kern="1200" dirty="0"/>
-            <a:t>Hvilke kjennetegn på gode uteaktiviteter registrerte du i løpet av gjennomføringa?</a:t>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>B</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0"/>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1509188" y="2270151"/>
-        <a:ext cx="4255117" cy="1306656"/>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-20000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-20000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{57C23FF6-FF05-44A3-A4C2-769C710BBF96}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2305" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>A</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Samarbeid lærere</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="564005" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{617DADDB-3448-4CF0-95B0-0557D2964961}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2529956" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-20000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>B</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Utprøving med elever</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3091656" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{ACDAFDF3-4988-4F1F-B880-6DA68A4182A5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="5057607" y="906880"/>
+          <a:ext cx="2808501" cy="1123400"/>
+        </a:xfrm>
+        <a:prstGeom prst="chevron">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="-40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="80010" tIns="26670" rIns="26670" bIns="26670" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" b="1" kern="1200" dirty="0"/>
+            <a:t>C</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="889000">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nb-NO" sz="2000" kern="1200" dirty="0"/>
+            <a:t>Erfaringsdeling lærere</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="5619307" y="906880"/>
+        <a:ext cx="1685101" cy="1123400"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
-[...1 lines deleted...]
-  <dgm:desc val="Use to show a series of visuals from top to bottom with Level 1 or Level 1 and Level 2 text grouped in a shape. Works best with icons or small pictures with lengthier descriptions."/>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="icon" pri="500"/>
+    <dgm:cat type="process" pri="9000"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
-  <dgm:styleData useDef="1">
+  <dgm:styleData>
     <dgm:dataModel>
-      <dgm:ptLst/>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:styleData>
-  <dgm:clrData useDef="1">
+  <dgm:clrData>
     <dgm:dataModel>
-      <dgm:ptLst/>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:clrData>
-  <dgm:layoutNode name="root">
+  <dgm:layoutNode name="Name0">
     <dgm:varLst>
       <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
       <dgm:resizeHandles val="exact"/>
     </dgm:varLst>
-    <dgm:choose name="Name0">
-      <dgm:if name="Name1" axis="self" func="var" arg="dir" op="equ" val="norm">
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
         <dgm:alg type="lin">
-          <dgm:param type="linDir" val="fromT"/>
-[...6 lines deleted...]
-          <dgm:param type="nodeHorzAlign" val="r"/>
+          <dgm:param type="linDir" val="fromR"/>
         </dgm:alg>
       </dgm:else>
     </dgm:choose>
     <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
       <dgm:adjLst/>
     </dgm:shape>
     <dgm:presOf/>
-    <dgm:choose name="Name3">
-      <dgm:if name="Name4" axis="ch" ptType="node" func="cnt" op="lte" val="3">
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
         <dgm:constrLst>
-          <dgm:constr type="h" for="ch" forName="compNode" refType="h" fact="0.3"/>
-[...8 lines deleted...]
-          <dgm:constr type="h" for="des" forName="spaceRect" op="equ"/>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
           <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
           <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
         </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:layoutNode name="desTx" styleLbl="revTx">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx">
+                <dgm:param type="stBulletLvl" val="1"/>
+              </dgm:alg>
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="des" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
       </dgm:if>
-      <dgm:if name="Name5" axis="ch" ptType="node" func="cnt" op="lte" val="4">
+      <dgm:else name="Name20">
         <dgm:constrLst>
-          <dgm:constr type="h" for="ch" forName="compNode" refType="h" fact="0.3"/>
-[...10 lines deleted...]
-          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
         </dgm:constrLst>
-      </dgm:if>
-[...30 lines deleted...]
-        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
       </dgm:else>
     </dgm:choose>
-    <dgm:ruleLst>
-[...52 lines deleted...]
-        </dgm:choose>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/layout2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="9000"/>
+  </dgm:catLst>
+  <dgm:sampData useDef="1">
+    <dgm:dataModel>
+      <dgm:ptLst/>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromR"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
+        <dgm:constrLst>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
+          <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
+          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
+        </dgm:constrLst>
         <dgm:ruleLst>
-          <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
         </dgm:ruleLst>
-        <dgm:layoutNode name="bgRect" styleLbl="bgShp">
-[...56 lines deleted...]
-          <dgm:if name="Name13" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
             <dgm:layoutNode name="desTx" styleLbl="revTx">
-              <dgm:varLst/>
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
               <dgm:alg type="tx">
-                <dgm:param type="txAnchorVertCh" val="mid"/>
-[...4 lines deleted...]
-                <dgm:param type="stBulletLvl" val="0"/>
+                <dgm:param type="stBulletLvl" val="1"/>
               </dgm:alg>
-              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="des" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
                 <dgm:adjLst/>
               </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:if>
+      <dgm:else name="Name20">
+        <dgm:constrLst>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:else>
+    </dgm:choose>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/layout3.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="9000"/>
+  </dgm:catLst>
+  <dgm:sampData useDef="1">
+    <dgm:dataModel>
+      <dgm:ptLst/>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromR"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
+        <dgm:constrLst>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
+          <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
+          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:layoutNode name="desTx" styleLbl="revTx">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx">
+                <dgm:param type="stBulletLvl" val="1"/>
+              </dgm:alg>
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
               <dgm:presOf axis="des" ptType="node"/>
               <dgm:constrLst>
-                <dgm:constr type="primFontSz" val="18"/>
-[...4 lines deleted...]
-                <dgm:constr type="bMarg" refType="h" fact="0.3"/>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
               </dgm:constrLst>
               <dgm:ruleLst>
-                <dgm:rule type="primFontSz" val="11" fact="NaN" max="NaN"/>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
               </dgm:ruleLst>
             </dgm:layoutNode>
-          </dgm:if>
-[...14 lines deleted...]
-    </dgm:forEach>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:if>
+      <dgm:else name="Name20">
+        <dgm:constrLst>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:else>
+    </dgm:choose>
   </dgm:layoutNode>
-  <dgm:extLst>
-[...14 lines deleted...]
-  </dgm:extLst>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/layout4.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="9000"/>
+  </dgm:catLst>
+  <dgm:sampData useDef="1">
+    <dgm:dataModel>
+      <dgm:ptLst/>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromR"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:choose name="Name4">
+      <dgm:if name="Name5" axis="des" func="maxDepth" op="gte" val="2">
+        <dgm:constrLst>
+          <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+          <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+          <dgm:constr type="w" for="des" forName="parTx"/>
+          <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+          <dgm:constr type="w" for="des" forName="desTx"/>
+          <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+          <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+          <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.5"/>
+          <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.5"/>
+          <dgm:constr type="w" for="ch" forName="space" op="equ" val="-6"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+          <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:forEach name="Name6" axis="ch" ptType="node">
+          <dgm:layoutNode name="composite">
+            <dgm:alg type="composite"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:choose name="Name7">
+              <dgm:if name="Name8" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name9">
+                <dgm:constrLst>
+                  <dgm:constr type="l" for="ch" forName="parTx"/>
+                  <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+                  <dgm:constr type="t" for="ch" forName="parTx"/>
+                  <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.2"/>
+                  <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx" fact="0.8"/>
+                  <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx" fact="1.125"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+            <dgm:layoutNode name="parTx">
+              <dgm:varLst>
+                <dgm:chMax val="0"/>
+                <dgm:chPref val="0"/>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx"/>
+              <dgm:choose name="Name10">
+                <dgm:if name="Name11" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name12">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="self" ptType="node"/>
+              <dgm:choose name="Name13">
+                <dgm:if name="Name14" func="var" arg="dir" op="equ" val="norm">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                  </dgm:constrLst>
+                </dgm:if>
+                <dgm:else name="Name15">
+                  <dgm:constrLst>
+                    <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+                    <dgm:constr type="h"/>
+                    <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                    <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                  </dgm:constrLst>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+            <dgm:layoutNode name="desTx" styleLbl="revTx">
+              <dgm:varLst>
+                <dgm:bulletEnabled val="1"/>
+              </dgm:varLst>
+              <dgm:alg type="tx">
+                <dgm:param type="stBulletLvl" val="1"/>
+              </dgm:alg>
+              <dgm:choose name="Name16">
+                <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="gte" val="1">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:if>
+                <dgm:else name="Name18">
+                  <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+                    <dgm:adjLst/>
+                  </dgm:shape>
+                </dgm:else>
+              </dgm:choose>
+              <dgm:presOf axis="des" ptType="node"/>
+              <dgm:constrLst>
+                <dgm:constr type="secFontSz" val="65"/>
+                <dgm:constr type="primFontSz" refType="secFontSz"/>
+                <dgm:constr type="h"/>
+                <dgm:constr type="tMarg"/>
+                <dgm:constr type="bMarg"/>
+                <dgm:constr type="rMarg"/>
+                <dgm:constr type="lMarg"/>
+              </dgm:constrLst>
+              <dgm:ruleLst>
+                <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+              </dgm:ruleLst>
+            </dgm:layoutNode>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name19" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="space">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:if>
+      <dgm:else name="Name20">
+        <dgm:constrLst>
+          <dgm:constr type="w" for="ch" forName="parTxOnly" refType="w"/>
+          <dgm:constr type="h" for="des" forName="parTxOnly" op="equ"/>
+          <dgm:constr type="primFontSz" for="des" forName="parTxOnly" op="equ" val="65"/>
+          <dgm:constr type="w" for="ch" forName="parTxOnlySpace" refType="w" refFor="ch" refForName="parTxOnly" fact="-0.1"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:forEach name="Name21" axis="ch" ptType="node">
+          <dgm:layoutNode name="parTxOnly">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:chPref val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:choose name="Name22">
+              <dgm:if name="Name23" func="var" arg="dir" op="equ" val="norm">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:if>
+              <dgm:else name="Name24">
+                <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="chevron" r:blip="">
+                  <dgm:adjLst/>
+                </dgm:shape>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:presOf axis="self" ptType="node"/>
+            <dgm:choose name="Name25">
+              <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.315"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.105"/>
+                </dgm:constrLst>
+              </dgm:if>
+              <dgm:else name="Name27">
+                <dgm:constrLst>
+                  <dgm:constr type="h" refType="w" op="equ" fact="0.4"/>
+                  <dgm:constr type="tMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="bMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="lMarg" refType="primFontSz" fact="0.105"/>
+                  <dgm:constr type="rMarg" refType="primFontSz" fact="0.315"/>
+                </dgm:constrLst>
+              </dgm:else>
+            </dgm:choose>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name28" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="parTxOnlySpace">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+              <dgm:constrLst/>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:else>
+    </dgm:choose>
+  </dgm:layoutNode>
 </dgm:layoutDef>
 </file>
 
 <file path=ppt/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle3.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle4.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="simple" pri="10100"/>
   </dgm:catLst>
   <dgm:scene3d>
     <a:camera prst="orthographicFront"/>
     <a:lightRig rig="threePt" dir="t"/>
   </dgm:scene3d>
   <dgm:styleLbl name="node0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
@@ -15833,51 +16626,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" b="0" i="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E5740EF2-BF26-D74B-B76B-2264CCA3BAAA}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbilde 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -16106,71 +16899,99 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -16195,60 +17016,404 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>3</a:t>
+              <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3352003500"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="507328528"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1267964859"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>BR</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="540181779"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2430020057"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>29</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3371275001"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -16260,86 +17425,80 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
-          <a:p>
-[...4 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>5</a:t>
+              <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1651740120"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1907736133"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -16349,91 +17508,82 @@
           <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>17</a:t>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2185226518"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4054014655"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -16465,70 +17615,409 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>21</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="240758047"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4047428218"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2652772545"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{DFFCBCB9-DAEF-4493-8C21-772188A0CDF9}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3694064307"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1364379584"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{090EDEF5-C786-594C-A590-441095D3935A}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:pPr/>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="407141920"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -16596,167 +18085,73 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>22</a:t>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="nb-NO" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1714439806"/>
-      </p:ext>
-[...92 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1112155894"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -17216,51 +18611,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>26.04.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -18045,52 +19440,58 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A865226-71C3-F617-49F3-54824241ECD9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tittelstil</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DCD650C-C086-3BA7-6A51-A1645DC2AC82}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -18281,52 +19682,58 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A865226-71C3-F617-49F3-54824241ECD9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>Klikk for å redigere</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DCD650C-C086-3BA7-6A51-A1645DC2AC82}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -18584,52 +19991,58 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F8224E1-B6CD-2F5E-A6EB-C3FE37F7471D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tittelstil</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for tekst 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBF47D4E-6365-A603-5A05-0C753F0C6272}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -18913,52 +20326,58 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F8224E1-B6CD-2F5E-A6EB-C3FE37F7471D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>Klikk for å redigere</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for tekst 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBF47D4E-6365-A603-5A05-0C753F0C6272}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -19354,52 +20773,58 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD7A0256-B464-E11C-ABCC-3FE20E3580B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tittelstil</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for lysbildenummer 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF0C461D-8A84-8210-BD51-E24EDF119D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21481,51 +22906,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>26.04.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -21702,51 +23127,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>26.04.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -22039,51 +23464,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>26.04.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -22378,51 +23803,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2024</a:t>
+              <a:t>29.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1655320109"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483659" r:id="rId2"/>
     <p:sldLayoutId id="2147483668" r:id="rId3"/>
     <p:sldLayoutId id="2147483670" r:id="rId4"/>
     <p:sldLayoutId id="2147483671" r:id="rId5"/>
     <p:sldLayoutId id="2147483672" r:id="rId6"/>
     <p:sldLayoutId id="2147483660" r:id="rId7"/>
     <p:sldLayoutId id="2147483650" r:id="rId8"/>
     <p:sldLayoutId id="2147483658" r:id="rId9"/>
     <p:sldLayoutId id="2147483663" r:id="rId10"/>
     <p:sldLayoutId id="2147483651" r:id="rId11"/>
@@ -22698,159 +24123,167 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naturfag.no/forsok/vis.html?tid=2366010" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naturfag.no/uterommet" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...31 lines deleted...]
-<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://player.vimeo.com/video/858919854?app_id=122963" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://player.vimeo.com/video/858919854" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C791FEE5-523C-5EB8-B402-A1C5B7A9204D}"/>
@@ -22900,414 +24333,877 @@
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>MODUL 2</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3776498043"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Tittel 3">
+          <p:cNvPr id="5" name="Tittel 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56046F21-BA0F-E3B6-5FD2-C01CA875A4E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D341CCB9-5AFA-0DE3-7931-C8AB6521201B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" sz="6600" dirty="0">
-[...15 lines deleted...]
-              <a:t>ktivitet</a:t>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>naturfag.no/uterommet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Plassholder for tekst 4">
+          <p:cNvPr id="6" name="Plassholder for innhold 5" descr="Skjermdump av nettsiden naturfag.no/uterommet ">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D838AA3-96C5-C035-37A8-8B0507C1B78C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F49B5FE-4432-F001-B6B1-A6A3FA303E74}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5237361" y="4703084"/>
-            <a:ext cx="2633196" cy="581025"/>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="7658100" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+          <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2800" kern="1200">
-[...7 lines deleted...]
-              <a:t>15 minutter</a:t>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>På naturfag.no/uterommet finner dere aktiviteter som</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>er enkle å gjennomføre i skolens nærmiljø </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>krever lite utstyr </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>kan gjennomføres på 60 minutter</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>For å gjøre det enkelt å komme ut starter hvert opplegg ute med en praktisk aktivitet og avsluttes inne med et mer teoretisk etterarbeid.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Graphic 8">
+          <p:cNvPr id="8" name="Bilde 7" descr="Skjermdump av nettsiden naturfag.no/uterommet">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9203FE0E-0AF2-B7E1-17BC-ABA510A09654}"/>
-[...2 lines deleted...]
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2401DCD-1DA4-982E-93A5-D8F16A700515}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...8 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4439970" y="4439512"/>
-            <a:ext cx="1108171" cy="1108171"/>
+            <a:off x="8496300" y="158523"/>
+            <a:ext cx="3336471" cy="6124587"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="640448468"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3956645719"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{843EDDE1-FF94-72E3-5684-A788AFFE43D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="650133"/>
+            <a:ext cx="5994400" cy="812907"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Kort uteaktivitet</a:t>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Uteaktivitet i elevrolle</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Plassholder for innhold 1">
+          <p:cNvPr id="9" name="Plassholder for innhold 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D68BDF35-DD90-FD04-70D8-49E4880D7667}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2657D54-3E12-86FA-D5D3-E286BBC601BA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5782688" y="879233"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>15 min</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for innhold 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2214A61-3FD7-962F-DB03-69227B3F7AFF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="2410097"/>
+            <a:ext cx="5994400" cy="2433251"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-              <a:t>Vi går ut og gjennomfører del 1 og del 2 i utedelen av aktiviteten </a:t>
+              <a:t>Vi skal nå gjennomføre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>utedelen </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>av aktiviteten </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
               <a:t>Hvilke muskler jobber? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
               <a:t>Etterpå skal vi bruke aktiviteten som utgangspunkt for refleksjon over kjennetegnene på gode uteaktiviteter.</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0">
-[...4 lines deleted...]
-              <a:t>Modulleder er lærer og de andre er i elevrolle.</a:t>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Modulleder er lærer og de andre er i elevrolle. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...1 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-            <a:hlinkClick r:id="rId2"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rektangel: avrundede hjørner 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA79B8D4-CC3E-2F3E-C037-751E53D6F9EA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{376E7A1F-5A88-806C-899E-557304BA1198}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...5 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7502798" y="1570903"/>
-            <a:ext cx="4689202" cy="3716193"/>
+            <a:off x="838200" y="5106661"/>
+            <a:ext cx="5727700" cy="977900"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
+          <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
-      </p:pic>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3200" b="1" dirty="0"/>
+              <a:t>Ses ute </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3200" b="1" dirty="0">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="3200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="2" name="Group 1" descr="Skjermdump av nettside som viser undervisningsopplegget &quot;Hvilke muskler jobber?&quot;.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0A2A264-C534-9646-3490-9DD1FA127951}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7968798" y="1527051"/>
+            <a:ext cx="3639313" cy="4005156"/>
+            <a:chOff x="7934508" y="441201"/>
+            <a:chExt cx="3639313" cy="4005156"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="6" name="Bilde 5" descr="Et skjermbilde av naturfagsenterets nettside som viser undervisningsopplegget &quot;Hvilket kjennetegn har småkrypene?&quot;.">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BED52132-A33C-5963-2D46-3795107B09BA}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId3" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7934508" y="441201"/>
+              <a:ext cx="3639313" cy="1325563"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="TekstSylinder 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B45C06C-039E-4D5A-A450-1D634ADE7DAC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9906299" y="1023389"/>
+              <a:ext cx="1406912" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nb-NO" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="285770"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>/uterommet</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="10" name="Bilde 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{707BC74A-5F4F-A134-7574-F6823814CA57}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7934508" y="1766764"/>
+              <a:ext cx="3568784" cy="2679593"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1948789767"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3216240977"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{812EB6DB-D05B-3A62-8CB5-9611B3C1D6AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Etterarbeid i aktiviteten</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Plassholder for innhold 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3A141A7-D220-612A-62DC-0A078B4F6F38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5724646" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal nå bli kjent med </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>etterarbeidet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t> i aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Hvilke muskler jobber? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" b="1" dirty="0"/>
+              <a:t>Samarbeid i par:</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Åpne nettsiden: naturfag.no/uterommet og finn aktiviteten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Se filmen, les gjennom beskrivelsen og se gjennom presentasjonen til etterarbeidet. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C35678B-C836-3010-2A03-41EB3B7C8A91}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5771113" y="879233"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="2" name="Group 1" descr="Skjermdump av nettside som viser undervisningsopplegget &quot;Hvilke muskler jobber?&quot;.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84DD9F8F-D68D-BE70-5A72-ED584E7F0635}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7968798" y="1527051"/>
+            <a:ext cx="3639313" cy="4005156"/>
+            <a:chOff x="7934508" y="441201"/>
+            <a:chExt cx="3639313" cy="4005156"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="6" name="Bilde 5" descr="Et skjermbilde av naturfagsenterets nettside som viser undervisningsopplegget &quot;Hvilket kjennetegn har småkrypene?&quot;.">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1CBFDEA-F865-5782-4F85-C63A6988475D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId3" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7934508" y="441201"/>
+              <a:ext cx="3639313" cy="1325563"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="TekstSylinder 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF91ED02-B2EA-AE06-2862-43F7D093996C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9906299" y="1023389"/>
+              <a:ext cx="1406912" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="nb-NO" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="285770"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>/uterommet</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="9" name="Bilde 9">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99EB5020-AF2C-AC54-CA39-D63D5CBEF59A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7934508" y="1766764"/>
+              <a:ext cx="3568784" cy="2679593"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3443724746"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF85C270-30EB-16E1-BCF2-202F6DEE92BF}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
@@ -23362,59 +25258,79 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B586ABB0-38C6-5501-48A9-C205F8209895}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5237361" y="4703084"/>
             <a:ext cx="2633196" cy="581025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" kern="1200">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>15</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>20 minutter</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>minutter</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Graphic 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DF5D8FB-9F7E-09B0-7D60-D5085FFBEE8C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
@@ -23438,112 +25354,119 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4439970" y="4439512"/>
             <a:ext cx="1108171" cy="1108171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="59048323"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F925AC1D-EF38-9CDC-4AD9-655F8DE0AE4A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
               <a:t>Jobb i grupper</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for innhold 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E685297B-3993-8F02-EE2E-6A1323D99204}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9761217" y="879233"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>10 min</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TekstSylinder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E966874-070E-C5CA-DBE3-93083E45EB14}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -23801,64 +25724,64 @@
           <a:effectRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Hvilke valg kunne elevene gjøre i gjennomføringa av aktiviteten?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="5" name="Tabell 4">
+          <p:cNvPr id="5" name="Tabell 4" descr="Tabell med to rader. Overskriftsrad: Kolonne 1: Aktivitet, Kolonne 2: Sanser. Kolonne 3: Komkret og praktisk. Kolonne 4: Fysisk aktivitet. Kolonne 5: Rom for å ta egne valg.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E69178B-4F3D-FC7A-D430-D663D2F632A4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3181894653"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2257409204"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="838199" y="5009620"/>
           <a:ext cx="10515600" cy="1562607"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1"/>
               <a:tblGrid>
                 <a:gridCol w="2254909">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3215407093"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2064417">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2108751841"/>
                     </a:ext>
@@ -24583,119 +26506,126 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4020200260"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="277879024"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F925AC1D-EF38-9CDC-4AD9-655F8DE0AE4A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
               <a:t>Del i plenum</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for innhold 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E685297B-3993-8F02-EE2E-6A1323D99204}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9761217" y="867658"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>10 min</a:t>
+              <a:t>5 min</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Snakkeboble: rektangel med avrundede hjørner 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11ECBCA0-7C37-3AAF-F32B-88C958AF5180}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2261276" y="2442936"/>
             <a:ext cx="2203806" cy="2039034"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeRoundRectCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val 23798"/>
               <a:gd name="adj2" fmla="val 69171"/>
@@ -24882,61 +26812,4379 @@
           <a:effectRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Hvilke valg kunne elevene gjøre i gjennomføringa av aktiviteten?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="5" name="Tabell 4">
+          <p:cNvPr id="5" name="Tabell 4" descr="Tabell med to rader. Overskriftsrad: Kolonne 1: Aktivitet, Kolonne 2: Sanser. Kolonne 3: Komkret og praktisk. Kolonne 4: Fysisk aktivitet. Kolonne 5: Rom for å ta egne valg.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E69178B-4F3D-FC7A-D430-D663D2F632A4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1580895595"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="838199" y="5009620"/>
+          <a:ext cx="10515600" cy="1562607"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1"/>
+              <a:tblGrid>
+                <a:gridCol w="2254909">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3215407093"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2064417">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2108751841"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2064417">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1401921600"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2064417">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2474722957"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2067440">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="51754579"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="791729">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Aktivitet:</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Bruke sansene</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Konkret og praktisk</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent3"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Fysisk aktivitet</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="1400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Rom for å ta egne valg</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3974197835"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="770878">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="900" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="E8ECEE"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="900" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="900" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="900">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:endParaRPr lang="nb-NO" sz="900" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4020200260"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="502358276"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E05B2895-BA87-B272-5C8B-817A26505B1B}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B25B872A-46B3-41E7-22FD-B0C1C203F7A7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814405"/>
+            <a:ext cx="8582025" cy="2177328"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Planlegg utprøving</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FA24A8F-1DAF-185A-8A2C-8F527472AD52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>10 minutter</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F7BEE44-83B3-235B-5849-9EEB640CF46E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2069302022"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D37F7E40-B82C-4909-928E-643C63D72905}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" b="0" dirty="0"/>
+              <a:t>Planlegg utprøving med elever</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC24F027-2493-BAED-8B20-700BBACDBDA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="6527500" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Samarbeid gjerne på trinn eller i team:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Velg en av aktivitetene på naturfag.no/uterommet som dere vil prøve ut med elever. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Planlegg når og hvor dere skal prøve ut aktiviteten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" b="1" dirty="0"/>
+              <a:t>Under og etter </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" b="1" i="1" dirty="0"/>
+              <a:t>B – Utprøving </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" dirty="0"/>
+              <a:t>Vurder opplegget i lys av kjennetegnene for gode uteaktiviteter.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" dirty="0"/>
+              <a:t>Ta med notatene dine til </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" i="1" dirty="0"/>
+              <a:t>C – Erfaringsdeling</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2000" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94B49F95-E245-B435-1CE5-ECE0ED389EE4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9761217" y="867658"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Bilde 7" descr="Et sektordiagram som viser fire like store deler. De fire delene er; sanser, fysisk aktivitet, konkret og praktisk, og egne valg. ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4384E158-771D-C5E5-5070-FBC8B271D671}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7927400" y="1727899"/>
+            <a:ext cx="3393300" cy="3371926"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Plassholder for innhold 3" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1CBC942-BF2F-0D57-EDC3-06DCF559FF35}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2649424524"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="545429" y="4532289"/>
+          <a:ext cx="7868414" cy="2937162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="992953057"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Tittel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE608029-EBA7-2B0D-D98C-FF61D2402C0B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="6000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="227186"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>B – Utprøving</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8" name="Plassholder for innhold 3" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{078B5267-5E69-E2DD-8709-7BDD0B21A836}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2263227650"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1391249" y="1983399"/>
+          <a:ext cx="7868414" cy="2937162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Bildeforklaring formet som et avrundet rektangel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F96C5C2-5B17-AF2F-9DD2-08C2175F21C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6769556" y="1320618"/>
+            <a:ext cx="4980214" cy="1147267"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -46637"/>
+              <a:gd name="adj2" fmla="val 73734"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Etter at vi har gjort </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>B – Utprøving </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>med elever, møtes vi til </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>C – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Er</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>faringsdeling</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="nb-NO" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="999803548"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B0BC282-DD68-6F6C-FA80-5B673AA5A0D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>C – Erfaringsdeling</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Undertittel 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02E13395-46C5-E77F-C56B-45CF2E178EFA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Gode uteaktiviteter</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="752723966"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BDFEA87-FFF0-EE67-6E07-871F9A4389A7}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639BD534-6A1A-2677-5C6D-CF8C9A6E00F0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Mål</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24A98D7-926C-9CB5-8A41-F726FBE762E1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1383075"/>
+            <a:ext cx="5994400" cy="4091849"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>I modul 1 jobbet vi med hvilket utbytte elevene kan få av uteundervisning. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>I denne modulen skal vi se på </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" b="1" dirty="0">
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>hva som kjennetegner gode uteaktiviteter</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> slik at de legger til rette for godt utbytte for elevene.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Modulen består av tre deler:</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" dirty="0">
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Plassholder for innhold 3" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CE7093A-E9FB-3D1C-B139-329E761C5A3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="588704668"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="246434" y="4108109"/>
+          <a:ext cx="7868414" cy="2937162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Bildeforklaring formet som et avrundet rektangel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56A46AE5-0C7C-B575-DD2C-738E40F33773}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4731714" y="3729686"/>
+            <a:ext cx="3689272" cy="968972"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val -118156"/>
+              <a:gd name="adj2" fmla="val 85251"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I dag skal vi gjennomføre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>A.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="nb-NO" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Bilde 1" descr="Foto: To elever som er ute, de måler tykkelsen av en trestamme. &#10;&#10;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09937FBC-31A5-4DA8-E05E-C714A00C40E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7424366" y="484397"/>
+            <a:ext cx="4416903" cy="2944602"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2047864915"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BDFEA87-FFF0-EE67-6E07-871F9A4389A7}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639BD534-6A1A-2677-5C6D-CF8C9A6E00F0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Repeter mål</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24A98D7-926C-9CB5-8A41-F726FBE762E1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1383075"/>
+            <a:ext cx="5994400" cy="4091849"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>I denne modulen har vi sett på hva som kjennetegner gode uteaktiviteter slik at de legger til rette for godt utbytte for elevene.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0">
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0">
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent3"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Modulen består av tre deler:</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0">
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Plassholder for innhold 3" descr="A Samarbeid lærere&#10;B Utprøving med elever&#10;C Erfaringsdeling lærere&#10;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CE7093A-E9FB-3D1C-B139-329E761C5A3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3467681869"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="246434" y="4108109"/>
+          <a:ext cx="7868414" cy="2937162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Bildeforklaring formet som et avrundet rektangel 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56A46AE5-0C7C-B575-DD2C-738E40F33773}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4731714" y="3729686"/>
+            <a:ext cx="3383134" cy="968972"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 16572"/>
+              <a:gd name="adj2" fmla="val 83090"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I dag skal vi gjennomføre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>C</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Bilde 1" descr="Foto: To elever som er ute, de måler tykkelsen av en trestamme. &#10;&#10;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09937FBC-31A5-4DA8-E05E-C714A00C40E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7424366" y="484397"/>
+            <a:ext cx="4416903" cy="2944602"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4199488098"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Tidsplan for økt C</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="Table 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCB336FC-CF39-778D-07BB-516EF6E7C047}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3067321656"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1130424" y="2276872"/>
+          <a:ext cx="9502080" cy="3168354"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{B301B821-A1FF-4177-AEE7-76D212191A09}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="6479924">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="682717409"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="3022156">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="985515506"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="x-none" sz="2200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Aktivitet</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="x-none" sz="2200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Tid</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="498461526"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Del erfaringer</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>10 minutter</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3709373942"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Uteaktivitet i elevrolle</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
+                        <a:t>25 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="x-none" sz="2200" dirty="0"/>
+                        <a:t>minutter</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="244407007"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:sym typeface="Calibri"/>
+                        </a:rPr>
+                        <a:t>Analyser aktivitet</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nb-NO" sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
+                        <a:t>20 minutter</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2386477327"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Oppsummering</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>5 minutter</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="557659506"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="528059">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+                        <a:t>Totalt</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+                        <a:t>60 minutter</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="2200" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2221886606"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1048193615"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85113338-67A5-6AA6-2E70-1C6D0340F1E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="399850"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Del erfaringer i grupper</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for innhold 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DA977D0-E20A-CEB9-186F-8D22953AFE5C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="2186400"/>
+            <a:ext cx="4937567" cy="3573873"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Hvilke kjennetegn på gode uteaktiviteter registrerte du da du gjennomførte aktiviteten med elever? </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Plassholder for innhold 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA80C272-60CB-3013-A0D4-685BE7BB4351}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9820869" y="886565"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Bilde 9" descr="Sektordiagram som viser fire like store deler. De fire delene er; sanser, fysisk aktivitet, konkret og praktisk, og egne valg. ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FA9F18C-82CE-D733-EB8F-4998E4579305}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7130547" y="2088811"/>
+            <a:ext cx="3393300" cy="3371926"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2870743749"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A18A0FD5-5A19-5932-2356-23DE796E0177}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56046F21-BA0F-E3B6-5FD2-C01CA875A4E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814405"/>
+            <a:ext cx="8582025" cy="2177328"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Uteaktivitet i elevrolle</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D838AA3-96C5-C035-37A8-8B0507C1B78C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>25</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> minutter</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9203FE0E-0AF2-B7E1-17BC-ABA510A09654}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2983445234"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8105502-907C-7FD8-A868-431321BEF3E7}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE76567B-D323-E723-FBAF-04F45DC06720}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="8792688" cy="1083665"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" b="0" dirty="0"/>
+              <a:t>Gjennomfør uteaktivitet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for innhold 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCF0266B-4D77-9BF3-99D7-D9ACB953C1BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9785356" y="891710"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>15 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for innhold 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87C4623C-90FB-000E-B4FB-B221F0A8B8F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5181600" cy="3168406"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal nå bli kjent opplegget  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0" err="1"/>
+              <a:t>Hvordan</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+              <a:t> bruker vi og dyra </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0" err="1"/>
+              <a:t>sansene</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+              <a:t> våre?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>fra</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>naturfag.no/uterommet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Vi går ut og gjennomfører utedelen i opplegget. Etterpå skal dere vurdere utbyttet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Modulleder er lærer og de andre er i elevrolle. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rektangel: avrundede hjørner 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88A9D69C-32BA-199E-6D28-2C74CEB8BA0D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838199" y="5514975"/>
+            <a:ext cx="5181601" cy="977900"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3200" b="1" dirty="0"/>
+              <a:t>Ses ute </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3200" b="1" dirty="0">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="3200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="Foto av hoggorm.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9DFEA13-5E19-AC44-E0B0-85282E66367C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6690024" y="1825625"/>
+            <a:ext cx="5181600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2972107981"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{812EB6DB-D05B-3A62-8CB5-9611B3C1D6AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Gjennomfør etterarbeid</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Plassholder for innhold 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3A141A7-D220-612A-62DC-0A078B4F6F38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Vi skal nå bli kjent med </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
+              <a:t>etterarbeidet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t> i aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Hvordan bruker vi og dyra sansene våre? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Åpne nettsiden: naturfag.no/uterommet og finn aktiviteten. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Se filmen, les gjennom beskrivelsen og se gjennom presentasjonen til etterarbeidet. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C35678B-C836-3010-2A03-41EB3B7C8A91}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5782688" y="879233"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Content Placeholder 6" descr="Gaupe som sitter på et berg. Gaupen er brun og har gule øyne. På toppen av ørene er det sorte hårstusser som stikker opp.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11422D2C-8096-DBB7-6934-3FAD6A7D78E1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7490167" y="1818113"/>
+            <a:ext cx="2134659" cy="3201988"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5" descr="Brun skogsmus med hvite poter. Skogsmusen har store runde ører, sorte øyne og lange værhår. Skogsmusen står på et fjell med gress i bakgrunnen.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4C189D9-F718-C1D7-C644-A0D8E80BA707}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9705851" y="3294540"/>
+            <a:ext cx="2447569" cy="1712935"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6" descr="En bille med to veldig lange følehorn på hodet.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00AE72BC-F225-5B74-E454-04B802869DB8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9709497" y="1818113"/>
+            <a:ext cx="2447569" cy="1388577"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="224513906"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3F82578-B57D-F5F8-897B-3F463EF9E825}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FBA7F03-2A3C-DA95-073E-B4645053DFEC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814405"/>
+            <a:ext cx="8582025" cy="2177328"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Analyser aktivitet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{918B68AB-EE17-F869-3128-5F45E928BE3C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>20</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> minutter</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF2AE98D-B577-7BD4-C1EA-EBEAB94EAB72}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3429577220"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F925AC1D-EF38-9CDC-4AD9-655F8DE0AE4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Jobb i grupper</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for innhold 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E685297B-3993-8F02-EE2E-6A1323D99204}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9761217" y="879233"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>10 min</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TekstSylinder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E966874-070E-C5CA-DBE3-93083E45EB14}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838199" y="1367522"/>
+            <a:ext cx="8311793" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Bruk tabellen som dere får utdelt og vurder </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+              </a:rPr>
+              <a:t>aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Hvordan bruker vi og dyra sansene våre?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t> i lys av kjennetegnene på gode uteaktiviteter. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Snakkeboble: rektangel med avrundede hjørner 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EA6A056-119A-9377-CA71-47B2FEE5350A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2261276" y="2442936"/>
+            <a:ext cx="2203806" cy="2039034"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 23798"/>
+              <a:gd name="adj2" fmla="val 69171"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hvilke sanser var aktive i gjennomføring av aktiviteten?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Snakkeboble: rektangel med avrundede hjørner 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{334D9477-9900-15C6-13A9-0BAC0872DF30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4557515" y="2442936"/>
+            <a:ext cx="2203806" cy="2039034"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 24221"/>
+              <a:gd name="adj2" fmla="val 71459"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>På hvilke måter var aktiviteten konkret og praktisk?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Snakkeboble: rektangel med avrundede hjørner 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68011B3B-7535-C825-87FC-B7DEC9D760EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6853754" y="2442936"/>
+            <a:ext cx="2203806" cy="2039034"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 22951"/>
+              <a:gd name="adj2" fmla="val 70544"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>På hvilken måte krevde aktiviteten fysisk aktivitet?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Snakkeboble: rektangel med avrundede hjørner 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39F124F3-E6E0-0183-2651-3FB80568B80F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9149993" y="2442936"/>
+            <a:ext cx="2203806" cy="2039034"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 22951"/>
+              <a:gd name="adj2" fmla="val 71001"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hvilke valg kunne elevene gjøre i gjennomføringa av aktiviteten?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Tabell 4" descr="Tabell med to rader. Overskriftsrad: Kolonne 1: Aktivitet, Kolonne 2: Sanser. Kolonne 3: Komkret og praktisk. Kolonne 4: Fysisk aktivitet. Kolonne 5: Rom for å ta egne valg.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E69178B-4F3D-FC7A-D430-D663D2F632A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1038443555"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="838199" y="5009620"/>
           <a:ext cx="10515600" cy="1562607"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1"/>
               <a:tblGrid>
                 <a:gridCol w="2254909">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3215407093"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2064417">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2108751841"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2064417">
@@ -25527,51 +31775,51 @@
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                       </a:pPr>
-                      <a:endParaRPr lang="nb-NO" sz="900">
+                      <a:endParaRPr lang="nb-NO" sz="900" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
@@ -25648,492 +31896,527 @@
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4020200260"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="502358276"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1187476693"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
-[...166 lines deleted...]
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Tittel 7">
+          <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BE82518-16F4-93E3-FE28-15FB8A305B48}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F925AC1D-EF38-9CDC-4AD9-655F8DE0AE4A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Planlegg utprøving</a:t>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Del i plenum</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for innhold 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA8F8432-19EB-BDEA-CD90-D6890CCAA59F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E685297B-3993-8F02-EE2E-6A1323D99204}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9761217" y="879233"/>
+            <a:ext cx="1128156" cy="343644"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>10 min</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Plassholder for innhold 2">
+          <p:cNvPr id="6" name="TekstSylinder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69C9FD41-CE00-7D8C-C40D-7F2F712FCD94}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E966874-070E-C5CA-DBE3-93083E45EB14}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="2141537"/>
-            <a:ext cx="5994400" cy="2218903"/>
+            <a:off x="838200" y="1367522"/>
+            <a:ext cx="8005176" cy="769441"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="50800" indent="0">
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Hvilke kjennetegn registrerte dere på </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="nb-NO" sz="2200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+              </a:rPr>
+              <a:t>aktiviteten </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+              <a:t>Hvordan bruker vi og dyra sansene våre?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Snakkeboble: rektangel med avrundede hjørner 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EA6A056-119A-9377-CA71-47B2FEE5350A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2261276" y="2442936"/>
+            <a:ext cx="2203806" cy="2039034"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 23798"/>
+              <a:gd name="adj2" fmla="val 69171"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Velg ett av oppleggene på </a:t>
+              <a:t>Hvilke sanser var aktive i gjennomføring av aktiviteten?</a:t>
             </a:r>
-            <a:r>
-[...6 lines deleted...]
-            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Snakkeboble: rektangel med avrundede hjørner 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{334D9477-9900-15C6-13A9-0BAC0872DF30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4557515" y="2442936"/>
+            <a:ext cx="2203806" cy="2039034"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 24221"/>
+              <a:gd name="adj2" fmla="val 71459"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>/uterommet som du gjennomfører med elevene dine.</a:t>
+              <a:t>På hvilke måter var aktiviteten konkret og praktisk?</a:t>
             </a:r>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Snakkeboble: rektangel med avrundede hjørner 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68011B3B-7535-C825-87FC-B7DEC9D760EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6853754" y="2442936"/>
+            <a:ext cx="2203806" cy="2039034"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 22951"/>
+              <a:gd name="adj2" fmla="val 70544"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr marL="50800" indent="0">
-[...4 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-              <a:t>Vurder opplegget i lys av kjennetegnene for gode uteaktiviteter, og fyll inn i tabellen.</a:t>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>På hvilken måte krevde aktiviteten fysisk aktivitet?</a:t>
             </a:r>
-            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Snakkeboble: rektangel med avrundede hjørner 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39F124F3-E6E0-0183-2651-3FB80568B80F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9149993" y="2442936"/>
+            <a:ext cx="2203806" cy="2039034"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 22951"/>
+              <a:gd name="adj2" fmla="val 71001"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...4 lines deleted...]
-            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hvilke valg kunne elevene gjøre i gjennomføringa av aktiviteten?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="5" name="Tabell 4">
+          <p:cNvPr id="5" name="Tabell 4" descr="Tabell med to rader. Overskriftsrad: Kolonne 1: Aktivitet, Kolonne 2: Sanser. Kolonne 3: Komkret og praktisk. Kolonne 4: Fysisk aktivitet. Kolonne 5: Rom for å ta egne valg.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{447A51CB-6B99-4214-EF41-5F77D203795B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E69178B-4F3D-FC7A-D430-D663D2F632A4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1407055800"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="489511041"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="734230" y="4851401"/>
-          <a:ext cx="6153464" cy="1325562"/>
+          <a:off x="838199" y="5009620"/>
+          <a:ext cx="10515600" cy="1562607"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1"/>
               <a:tblGrid>
-                <a:gridCol w="1319515">
+                <a:gridCol w="2254909">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3215407093"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1208045">
+                <a:gridCol w="2064417">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2108751841"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1208045">
+                <a:gridCol w="2064417">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1401921600"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1208045">
+                <a:gridCol w="2064417">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2474722957"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1209814">
+                <a:gridCol w="2067440">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="51754579"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="458566">
+              <a:tr h="791729">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0">
+                        <a:rPr lang="nb-NO" sz="1400" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>Aktivitet:</a:t>
                       </a:r>
-                      <a:endParaRPr lang="nb-NO" sz="1200" dirty="0">
+                      <a:endParaRPr lang="nb-NO" sz="1400" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="63698" marR="63698" marT="31848" marB="31848" anchor="ctr">
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -26148,70 +32431,70 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0">
+                        <a:rPr lang="nb-NO" sz="1400" b="1" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>Sanser</a:t>
                       </a:r>
-                      <a:endParaRPr lang="nb-NO" sz="1200" dirty="0">
+                      <a:endParaRPr lang="nb-NO" sz="1400" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="63698" marR="63698" marT="31848" marB="31848" anchor="ctr">
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -26226,70 +32509,70 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent6"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0">
+                        <a:rPr lang="nb-NO" sz="1400" b="1" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>Konkret og praktisk</a:t>
                       </a:r>
-                      <a:endParaRPr lang="nb-NO" sz="1200" dirty="0">
+                      <a:endParaRPr lang="nb-NO" sz="1400" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="63698" marR="63698" marT="31848" marB="31848" anchor="ctr">
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -26304,70 +32587,70 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent3"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0">
+                        <a:rPr lang="nb-NO" sz="1400" b="1" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>Fysisk aktivitet</a:t>
                       </a:r>
-                      <a:endParaRPr lang="nb-NO" sz="1200" dirty="0">
+                      <a:endParaRPr lang="nb-NO" sz="1400" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="63698" marR="63698" marT="31848" marB="31848" anchor="ctr">
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -26382,136 +32665,136 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0">
+                        <a:rPr lang="nb-NO" sz="1400" b="1" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>Rom for å ta egne valg</a:t>
                       </a:r>
-                      <a:endParaRPr lang="nb-NO" sz="1200" dirty="0">
+                      <a:endParaRPr lang="nb-NO" sz="1400" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="63698" marR="63698" marT="31848" marB="31848" anchor="ctr">
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3974197835"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="433498">
+              <a:tr h="770878">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                       </a:pPr>
-                      <a:endParaRPr lang="nb-NO" sz="800" dirty="0">
+                      <a:endParaRPr lang="nb-NO" sz="900" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="63698" marR="63698" marT="31848" marB="31848">
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -26519,58 +32802,58 @@
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="E8ECEE"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                       </a:pPr>
-                      <a:endParaRPr lang="nb-NO" sz="800">
+                      <a:endParaRPr lang="nb-NO" sz="900">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="63698" marR="63698" marT="31848" marB="31848">
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -26578,58 +32861,58 @@
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                       </a:pPr>
-                      <a:endParaRPr lang="nb-NO" sz="800">
+                      <a:endParaRPr lang="nb-NO" sz="900">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="63698" marR="63698" marT="31848" marB="31848">
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -26637,58 +32920,58 @@
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                       </a:pPr>
-                      <a:endParaRPr lang="nb-NO" sz="800">
+                      <a:endParaRPr lang="nb-NO" sz="900" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="63698" marR="63698" marT="31848" marB="31848">
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -26696,1044 +32979,317 @@
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                       </a:pPr>
-                      <a:endParaRPr lang="nb-NO" sz="800">
+                      <a:endParaRPr lang="nb-NO" sz="900" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="63698" marR="63698" marT="31848" marB="31848">
+                  <a:tcPr marL="74540" marR="74540" marT="37270" marB="37270">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4020200260"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="433498">
-[...350 lines deleted...]
-              </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:sp>
-[...127 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1795012311"/>
-[...189 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3777026244"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2103183936"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE0C1DA6-DE26-1E03-1F3B-B783A31339B5}"/>
-[...85 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A10ED297-A675-E6E6-D439-41276ACC7192}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85113338-67A5-6AA6-2E70-1C6D0340F1E8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1804987" y="1814404"/>
-            <a:ext cx="8582025" cy="2441909"/>
+            <a:off x="893294" y="349634"/>
+            <a:ext cx="5994400" cy="1325563"/>
           </a:xfrm>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+          <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" sz="6600" b="1" kern="1200">
-[...7 lines deleted...]
-              <a:t>Gjennomfør utprøving med elever</a:t>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Oppsummering</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Plassholder for tekst 4">
+          <p:cNvPr id="6" name="Plassholder for innhold 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CE3EE53-F389-BF93-AFA8-B6E850D35614}"/>
-[...2 lines deleted...]
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DA977D0-E20A-CEB9-186F-8D22953AFE5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5237361" y="4703084"/>
-            <a:ext cx="2633196" cy="581025"/>
+            <a:off x="5759538" y="880147"/>
+            <a:ext cx="1128156" cy="343644"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2800" kern="1200">
-[...7 lines deleted...]
-              <a:t>60 minutter</a:t>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>5 min</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="3" name="Graphic 8">
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Plassholder for innhold 15" descr="Sektordiagram som viser fire like store deler. De fire delene er; sanser, fysisk aktivitet, konkret og praktisk, og egne valg. ">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74A9D825-6946-DB23-7423-51E528F35A7E}"/>
-[...2 lines deleted...]
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D876EB1-3699-683D-B460-1393B893BB52}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...5 lines deleted...]
-          <a:blip r:embed="rId2">
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4072664130"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="3510644" y="1007008"/>
+          <a:ext cx="12770922" cy="5194765"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TekstSylinder 2">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-[...3 lines deleted...]
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{715115A5-A87D-E969-5C4A-334BD7604FB3}"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...3 lines deleted...]
-        </p:blipFill>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4439970" y="4439512"/>
-            <a:ext cx="1108171" cy="1108171"/>
+            <a:off x="771940" y="2146161"/>
+            <a:ext cx="6115754" cy="2015936"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>I denne modulen har dere blitt kjent med hva som kjennetegner en god uteaktivitet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>Avslutt med å diskutere hvordan dere kan bruke modellen med </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>kjennetegn på en god uteaktivitet i egen praksis. </a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4132735400"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="757490236"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CA85774-CEFE-8109-50F8-6C8295C0E6B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -27775,452 +33331,973 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>Gode uteaktiviteter</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1987299400"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Tittel 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3940EA8D-E65F-8376-97CB-FF3736B9C612}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Referanser</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for innhold 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE81F4D2-0EA4-1755-7DA5-340559A8E187}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="849775" y="1501532"/>
+            <a:ext cx="10956402" cy="4906645"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="358775" marR="0" indent="-358775">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Barfod, K. S. (2018). At undervise i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>udeskole</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Perspektiver på </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>didaktik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> og lærerens </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>arbejde</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>[To teach in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>udeskole</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Perspectives on didactics and the teacher’s work]. Ph.D. thesis. Department of Nutrition, Exercise and Sports, University of Copenhagen </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Barfod</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="1500" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="358775" marR="0" indent="-358775">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Barfod</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, K., </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Mygind</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, E., &amp; Hartmeyer, R. (2020). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Undervisning</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>didaktik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>og</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>evaluering</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> [teaching, didactics and evaluation]. In E. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Mygind</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (Ed.), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Udeskole</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, TEACHOUT – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>projektets</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>resultater</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>[</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Udeskole</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, results from the TEACHOUT project] (s. 78–100). Copenhagen, Denmark: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Frydenlund</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="1500" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="358775" marR="0" indent="-358775">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Jucker</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, R., &amp; von Au, J. (2022). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>High-Quality Outdoor Learning: Evidence-Based Education Outside the Classroom for Children, Teachers and Society</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (s. 386). Springer Nature.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1500" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="358775" marR="0" indent="-358775">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Kuo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, M., Browning, M. H., &amp; Penner, M. L. (2022). Refueling Students in Flight: Lessons in Nature May Boost Subsequent Classroom Engagement. In High-Quality Outdoor Learning: Evidence-based Education Outside the Classroom for Children, Teachers and Society (pp. 67–94). Cham: Springer International Publishing.</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="1500" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="358775" marR="0" indent="-358775">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Mygind</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, E., </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Bølling</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, M., &amp; Barfod, K. (2018). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Primary teachers’ experiences with weekly education outside the classroom during a year. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Education</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, 3–13, 1–13. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>doi.org</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>/10.1080/03004279. 2018.1513544</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="358775" indent="-358775">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Overordnet del – verdier og prinsipper for grunnopplæringen</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="1500" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="358775" marR="0" indent="-358775">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Shaw, J. (2016). The memory illusion. Remembering, forgetting, and the science of false memory. London: Random House Books.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="358775" indent="-358775">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Willis, J. (2007) Review of Research: Brain-Based Teaching Strategies for Improving Students' Memory, Learning, and Test-Taking Success, Childhood Education, 83:5, 310-315, DOI: 10.1080/00094056.2007.10522940</a:t>
+            </a:r>
+            <a:endParaRPr lang="nb-NO" sz="1500" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1004948341"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B0BC282-DD68-6F6C-FA80-5B673AA5A0D8}"/>
-[...91 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639BD534-6A1A-2677-5C6D-CF8C9A6E00F0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95CADC55-4389-E3D0-DD8D-6393C4A1033F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
-[...31 lines deleted...]
-        <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
-[...205 lines deleted...]
-          <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Tidsplan for økt C</a:t>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
+              <a:t>Tidsplan for økt A</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="4" name="Table 4">
+          <p:cNvPr id="6" name="Table 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA601A4A-603E-FA08-9768-0682D6A9176B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{080E5754-5D9A-F627-29B8-BDA046FF7388}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3583587474"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2419344095"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1130424" y="2276872"/>
-          <a:ext cx="9502080" cy="2112236"/>
+          <a:ext cx="9502080" cy="3148580"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{B301B821-A1FF-4177-AEE7-76D212191A09}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="6479924">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="682717409"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3022156">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="985515506"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="528059">
                 <a:tc>
@@ -28230,3581 +34307,440 @@
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="x-none" sz="2200" b="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>Aktivitet</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" b="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="x-none" sz="2200" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>Tid</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" b="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="498461526"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="528059">
+              <a:tr h="508285">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>Del erfaringer</a:t>
+                        <a:t>Hva kjennetegner gode uteaktiviteter?</a:t>
                       </a:r>
+                      <a:endParaRPr sz="2200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
-                        <a:t>45</a:t>
-[...7 lines deleted...]
-                        <a:t>minutter</a:t>
+                        <a:t>10 minutter</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="244407007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:sym typeface="Calibri"/>
                         </a:rPr>
-                        <a:t>Planlegging</a:t>
+                        <a:t>Uteaktivitet i elevrolle </a:t>
                       </a:r>
-                      <a:endParaRPr lang="nb-NO" sz="2200" dirty="0">
-[...3 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
-                        <a:t>20 minutter</a:t>
+                        <a:t>25</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="x-none" sz="2200" dirty="0"/>
+                        <a:t> minutter</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
-[...2913 lines deleted...]
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2386477327"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
                         <a:t>Identifisere kjennetegn på gode uteaktiviteter</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="0" dirty="0"/>
-                        <a:t>2</a:t>
+                        <a:t>15</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="x-none" sz="2200" dirty="0"/>
-                        <a:t>0 minutter</a:t>
+                        <a:t> minutter</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="48705819"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>Planlegge utprøving</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>10 minutter</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3002895541"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="528059">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
                         <a:t>Totalt</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" b="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="nb-NO" sz="2200" b="1" dirty="0"/>
                         <a:t>60 minutter</a:t>
                       </a:r>
                       <a:endParaRPr sz="2200" b="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725"/>
+                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2221886606"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2188128414"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...221 lines deleted...]
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23D89E76-425E-11D2-D0C6-F8640798738B}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
@@ -31927,240 +34863,215 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4439970" y="4439512"/>
             <a:ext cx="1108171" cy="1108171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3527772221"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E24DB2B9-0BB1-84BB-6D4B-78ED2FD49E87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
               <a:t>Kjennetegn på gode uteaktiviteter</a:t>
-            </a:r>
-[...26 lines deleted...]
-              <a:t>10 min</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="16" name="Plassholder for innhold 15" descr="Et sektordiagram som viser fire like store deler. De fire delene er; sanser, fysisk aktivitet, konkret og praktisk, og egne valg. ">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{520F6D63-A19E-2880-8F91-666873CE88DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3917039076"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1931401528"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="-289461" y="1144126"/>
-          <a:ext cx="12770922" cy="5194765"/>
+          <a:off x="838200" y="1825625"/>
+          <a:ext cx="10515600" cy="4351338"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Snakkeboble: rektangel med avrundede hjørner 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8000B241-D040-609A-F5A3-F00116B91061}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8455852" y="2256216"/>
-            <a:ext cx="3192146" cy="1485292"/>
+            <a:off x="8497894" y="1607036"/>
+            <a:ext cx="3192146" cy="1874350"/>
           </a:xfrm>
           <a:prstGeom prst="wedgeRoundRectCallout">
             <a:avLst>
               <a:gd name="adj1" fmla="val -51327"/>
               <a:gd name="adj2" fmla="val 72568"/>
               <a:gd name="adj3" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="nb-NO" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Dere skal nå se en film med argumenter for disse fire kjennetegnene.</a:t>
+              <a:t>Dere skal nå se en film med argumenter for å legge vekt på disse fire kjennetegnene i uteundervisning.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="TekstSylinder 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4839A2-94EC-85FC-5F3E-99900014575E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3181738" y="6338987"/>
+            <a:off x="2166084" y="6354375"/>
             <a:ext cx="8172061" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Barfod (2018), Barfod mfl. (2020), </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Jucker</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> og von Au (2022), </a:t>
             </a:r>
             <a:r>
@@ -32172,50 +35083,108 @@
               <a:t>Kuo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> mfl. (2022), </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Mygind</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> mfl. (2018), Shaw (2016) og Willis (2007) </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Snakkeboble: rektangel med avrundede hjørner 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5C6966-70C3-3D7D-29C7-EB4424075EEE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="778210" y="1978731"/>
+            <a:ext cx="3192146" cy="1874350"/>
+          </a:xfrm>
+          <a:prstGeom prst="wedgeRoundRectCallout">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 37572"/>
+              <a:gd name="adj2" fmla="val 75932"/>
+              <a:gd name="adj3" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Tenk underveis: Kjenner du igjen noe av det som sies i filmen fra egen undervisning?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="975564502"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
@@ -32247,79 +35216,133 @@
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                     <p:animEffect transition="in" filter="fade">
                                       <p:cBhvr>
                                         <p:cTn id="7" dur="500"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="31"/>
                                         </p:tgtEl>
                                       </p:cBhvr>
                                     </p:animEffect>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
+                  <p:par>
+                    <p:cTn id="8" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="9" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="10" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="11" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="31" grpId="0" animBg="1"/>
+      <p:bldP spid="5" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61788B0A-6955-F8F1-FCCF-D34CBFCB2EF6}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
@@ -32331,129 +35354,92 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="-1154916"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>Film om gode uteaktiviteter</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...35 lines deleted...]
-      </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="8" name="Gruppe 7" descr="Et ikon av en filmklipper som viser at her er det en film på 3,5 min&#10;">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F39CFA46-2CB6-EC5E-87B5-9AB3EA080E7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5318022" y="6127469"/>
             <a:ext cx="1555954" cy="559884"/>
             <a:chOff x="4437200" y="6127469"/>
             <a:chExt cx="1555954" cy="559884"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="6" name="Grafikk 5" descr="Filmklapper med heldekkende fyll">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4764E633-895E-89B2-D424-304356DC01F6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId4" cstate="screen">
+            <a:blip r:embed="rId3" cstate="screen">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                  <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+                  <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="4437200" y="6127469"/>
               <a:ext cx="559884" cy="559884"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="TekstSylinder 6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{237167FE-FC60-D663-5E9E-0FAF5E309C12}"/>
                 </a:ext>
               </a:extLst>
@@ -32467,64 +35453,232 @@
               <a:ext cx="898053" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="nb-NO" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx2"/>
                   </a:solidFill>
                 </a:rPr>
                 <a:t>3,5 min</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Online Media 2" title="Kjennetegn på gode uteaktiviteter">
+            <a:hlinkClick r:id="" action="ppaction://media"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{758879E8-6EBC-F9F0-3AB6-CC458ECFFD26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noRot="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <a:videoFile r:link="rId1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12172950" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3210423349"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="playFrom(0.0)">
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+            <p:video>
+              <p:cMediaNode vol="80000">
+                <p:cTn id="7" fill="hold" display="0">
+                  <p:stCondLst>
+                    <p:cond delay="indefinite"/>
+                  </p:stCondLst>
+                </p:cTn>
+                <p:tgtEl>
+                  <p:spTgt spid="3"/>
+                </p:tgtEl>
+              </p:cMediaNode>
+            </p:video>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="8" restart="whenNotActive" fill="hold" evtFilter="cancelBubble" nodeType="interactiveSeq">
+                <p:stCondLst>
+                  <p:cond evt="onClick" delay="0">
+                    <p:tgtEl>
+                      <p:spTgt spid="3"/>
+                    </p:tgtEl>
+                  </p:cond>
+                </p:stCondLst>
+                <p:endSync evt="end" delay="0">
+                  <p:rtn val="all"/>
+                </p:endSync>
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="9" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="0"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="10" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="11" presetID="2" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="togglePause">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:nextCondLst>
+                <p:cond evt="onClick" delay="0">
+                  <p:tgtEl>
+                    <p:spTgt spid="3"/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BBA41F6-66F3-0578-EA32-9D7AC38168B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -32550,143 +35704,316 @@
             <a:r>
               <a:rPr lang="nb-NO" b="0" dirty="0"/>
               <a:t>Diskuter i grupper</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for innhold 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73043E41-D263-0384-9F50-BC6429C7C478}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="7850788" cy="4351338"/>
+            <a:off x="838200" y="1791335"/>
+            <a:ext cx="7850788" cy="986155"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
               <a:t>Bruk figuren dere får utdelt. Hvordan passer kjennetegnene på gode uteaktiviteter med egne erfaringer?</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Bilde 2" descr="Skjermdump av figuren som blir utdelt.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2C71EBD-5D08-60C3-9ED9-920C955B933D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2241883" y="2914733"/>
+            <a:off x="2241883" y="2926163"/>
             <a:ext cx="6447105" cy="3578142"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for innhold 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7442539F-1757-A6DC-3477-6A9BE7CE181C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9749642" y="856083"/>
+            <a:off x="9761217" y="902383"/>
             <a:ext cx="1128156" cy="343644"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>5 min</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="631451860"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A18A0FD5-5A19-5932-2356-23DE796E0177}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tittel 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56046F21-BA0F-E3B6-5FD2-C01CA875A4E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1804987" y="1814405"/>
+            <a:ext cx="8582025" cy="2177328"/>
+          </a:xfrm>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="6600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Uteaktivitet i elevrolle </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for tekst 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D838AA3-96C5-C035-37A8-8B0507C1B78C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237361" y="4703084"/>
+            <a:ext cx="2633196" cy="581025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="2800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>5 minutter</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9203FE0E-0AF2-B7E1-17BC-ABA510A09654}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4439970" y="4439512"/>
+            <a:ext cx="1108171" cy="1108171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="640448468"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Egendefinert 2">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="227186"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -33246,111 +36573,115 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1132</Words>
+  <Words>1370</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>166</Paragraphs>
-[...1 lines deleted...]
-  <Notes>6</Notes>
+  <Paragraphs>219</Paragraphs>
+  <Slides>30</Slides>
+  <Notes>13</Notes>
   <HiddenSlides>0</HiddenSlides>
-  <MMClips>0</MMClips>
+  <MMClips>1</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Brukte skrifter</vt:lpstr>
+        <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Lysbildetitler</vt:lpstr>
+        <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>28</vt:i4>
+        <vt:i4>30</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="32" baseType="lpstr">
+    <vt:vector size="36" baseType="lpstr">
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Office-tema</vt:lpstr>
       <vt:lpstr>Gode uteaktiviteter</vt:lpstr>
+      <vt:lpstr>Mål</vt:lpstr>
       <vt:lpstr>A – Samarbeid</vt:lpstr>
-      <vt:lpstr>Mål</vt:lpstr>
       <vt:lpstr>Tidsplan for økt A</vt:lpstr>
-      <vt:lpstr>Hvem skal ut?</vt:lpstr>
       <vt:lpstr>Hva kjennetegner gode uteaktiviteter?</vt:lpstr>
       <vt:lpstr>Kjennetegn på gode uteaktiviteter</vt:lpstr>
       <vt:lpstr>Film om gode uteaktiviteter</vt:lpstr>
       <vt:lpstr>Diskuter i grupper</vt:lpstr>
-      <vt:lpstr>Eksempelaktivitet</vt:lpstr>
-      <vt:lpstr>Kort uteaktivitet</vt:lpstr>
+      <vt:lpstr>Uteaktivitet i elevrolle </vt:lpstr>
+      <vt:lpstr>naturfag.no/uterommet</vt:lpstr>
+      <vt:lpstr>Uteaktivitet i elevrolle</vt:lpstr>
+      <vt:lpstr>Etterarbeid i aktiviteten</vt:lpstr>
       <vt:lpstr>Identifisere kjennetegn på gode uteaktiviteter</vt:lpstr>
       <vt:lpstr>Jobb i grupper</vt:lpstr>
       <vt:lpstr>Del i plenum</vt:lpstr>
       <vt:lpstr>Planlegg utprøving</vt:lpstr>
-      <vt:lpstr>Planlegg utprøving</vt:lpstr>
-      <vt:lpstr>To raske før vi avslutter Hvilke ord mangler?</vt:lpstr>
+      <vt:lpstr>Planlegg utprøving med elever</vt:lpstr>
       <vt:lpstr>B – Utprøving</vt:lpstr>
-      <vt:lpstr>Gjennomfør utprøving med elever</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Mål</vt:lpstr>
+      <vt:lpstr>C – Erfaringsdeling</vt:lpstr>
+      <vt:lpstr>Repeter mål</vt:lpstr>
       <vt:lpstr>Tidsplan for økt C</vt:lpstr>
-      <vt:lpstr>Del erfaringer  i grupper</vt:lpstr>
-      <vt:lpstr>Diskuter i grupper</vt:lpstr>
+      <vt:lpstr>Del erfaringer i grupper</vt:lpstr>
+      <vt:lpstr>Uteaktivitet i elevrolle</vt:lpstr>
+      <vt:lpstr>Gjennomfør uteaktivitet</vt:lpstr>
+      <vt:lpstr>Gjennomfør etterarbeid</vt:lpstr>
+      <vt:lpstr>Analyser aktivitet</vt:lpstr>
+      <vt:lpstr>Jobb i grupper</vt:lpstr>
       <vt:lpstr>Del i plenum</vt:lpstr>
       <vt:lpstr>Oppsummering</vt:lpstr>
-      <vt:lpstr>Helt til slutt Hvilke to ord gjemmer seg her?</vt:lpstr>
       <vt:lpstr>Referanser</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint-presentasjon</dc:title>
   <dc:creator>Celine Aas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>