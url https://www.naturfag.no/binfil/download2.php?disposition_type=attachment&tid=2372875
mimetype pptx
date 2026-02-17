--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -3452,54 +3452,54 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="32393" autoAdjust="0"/>
     <p:restoredTop sz="86411" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="83" d="100"/>
-          <a:sy n="83" d="100"/>
+          <a:sx n="86" d="100"/>
+          <a:sy n="86" d="100"/>
         </p:scale>
-        <p:origin x="792" y="78"/>
+        <p:origin x="756" y="60"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-318"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
@@ -16626,51 +16626,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" b="0" i="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E5740EF2-BF26-D74B-B76B-2264CCA3BAAA}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbilde 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -18611,51 +18611,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -22906,51 +22906,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -23127,51 +23127,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -23464,51 +23464,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0C9999-C22F-87AC-82F2-CB66218A8337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="7048500" cy="365125"/>
@@ -23803,51 +23803,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="5410200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{EABDCD83-4E1C-5C48-9E4D-4CCE995C0134}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:pPr/>
-              <a:t>29.12.2025</a:t>
+              <a:t>05.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1655320109"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483659" r:id="rId2"/>
     <p:sldLayoutId id="2147483668" r:id="rId3"/>
     <p:sldLayoutId id="2147483670" r:id="rId4"/>
     <p:sldLayoutId id="2147483671" r:id="rId5"/>
     <p:sldLayoutId id="2147483672" r:id="rId6"/>
     <p:sldLayoutId id="2147483660" r:id="rId7"/>
     <p:sldLayoutId id="2147483650" r:id="rId8"/>
     <p:sldLayoutId id="2147483658" r:id="rId9"/>
     <p:sldLayoutId id="2147483663" r:id="rId10"/>
     <p:sldLayoutId id="2147483651" r:id="rId11"/>
@@ -28810,51 +28810,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tittel 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639BD534-6A1A-2677-5C6D-CF8C9A6E00F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" sz="3600" dirty="0"/>
-              <a:t>Repeter mål</a:t>
+              <a:t>Mål</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for innhold 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24A98D7-926C-9CB5-8A41-F726FBE762E1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1383075"/>
             <a:ext cx="5994400" cy="4091849"/>
           </a:xfrm>
@@ -36573,109 +36573,109 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1370</Words>
+  <Words>1366</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>219</Paragraphs>
+  <Paragraphs>216</Paragraphs>
   <Slides>30</Slides>
   <Notes>13</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>1</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>30</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="36" baseType="lpstr">
-      <vt:lpstr>Wingdings</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Office-tema</vt:lpstr>
       <vt:lpstr>Gode uteaktiviteter</vt:lpstr>
       <vt:lpstr>Mål</vt:lpstr>
       <vt:lpstr>A – Samarbeid</vt:lpstr>
       <vt:lpstr>Tidsplan for økt A</vt:lpstr>
       <vt:lpstr>Hva kjennetegner gode uteaktiviteter?</vt:lpstr>
       <vt:lpstr>Kjennetegn på gode uteaktiviteter</vt:lpstr>
       <vt:lpstr>Film om gode uteaktiviteter</vt:lpstr>
       <vt:lpstr>Diskuter i grupper</vt:lpstr>
       <vt:lpstr>Uteaktivitet i elevrolle </vt:lpstr>
       <vt:lpstr>naturfag.no/uterommet</vt:lpstr>
       <vt:lpstr>Uteaktivitet i elevrolle</vt:lpstr>
       <vt:lpstr>Etterarbeid i aktiviteten</vt:lpstr>
       <vt:lpstr>Identifisere kjennetegn på gode uteaktiviteter</vt:lpstr>
       <vt:lpstr>Jobb i grupper</vt:lpstr>
       <vt:lpstr>Del i plenum</vt:lpstr>
       <vt:lpstr>Planlegg utprøving</vt:lpstr>
       <vt:lpstr>Planlegg utprøving med elever</vt:lpstr>
       <vt:lpstr>B – Utprøving</vt:lpstr>
       <vt:lpstr>C – Erfaringsdeling</vt:lpstr>
-      <vt:lpstr>Repeter mål</vt:lpstr>
+      <vt:lpstr>Mål</vt:lpstr>
       <vt:lpstr>Tidsplan for økt C</vt:lpstr>
       <vt:lpstr>Del erfaringer i grupper</vt:lpstr>
       <vt:lpstr>Uteaktivitet i elevrolle</vt:lpstr>
       <vt:lpstr>Gjennomfør uteaktivitet</vt:lpstr>
       <vt:lpstr>Gjennomfør etterarbeid</vt:lpstr>
       <vt:lpstr>Analyser aktivitet</vt:lpstr>
       <vt:lpstr>Jobb i grupper</vt:lpstr>
       <vt:lpstr>Del i plenum</vt:lpstr>
       <vt:lpstr>Oppsummering</vt:lpstr>
       <vt:lpstr>Referanser</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint-presentasjon</dc:title>
   <dc:creator>Celine Aas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>