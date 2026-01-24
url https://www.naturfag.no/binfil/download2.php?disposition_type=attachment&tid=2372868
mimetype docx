--- v0 (2025-10-08)
+++ v1 (2026-01-24)
@@ -1,831 +1,675 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13882" w:type="dxa"/>
-        <w:tblInd w:w="-719" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2977"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2727"/>
+        <w:gridCol w:w="3087"/>
+        <w:gridCol w:w="3086"/>
+        <w:gridCol w:w="3086"/>
+        <w:gridCol w:w="3086"/>
+        <w:gridCol w:w="3086"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002523D5" w:rsidRPr="00B87E47" w14:paraId="53BBC502" w14:textId="77777777" w:rsidTr="002523D5">
+      <w:tr w:rsidR="008858DC" w:rsidRPr="008858DC" w14:paraId="465CCB6B" w14:textId="77777777" w:rsidTr="008858DC">
         <w:trPr>
-          <w:trHeight w:val="334"/>
+          <w:trHeight w:val="1247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="227186"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...68 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11D7B570" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="002523D5" w:rsidRDefault="00B87E47" w:rsidP="002523D5">
+          <w:p w14:paraId="55129B64" w14:textId="0CE72E02" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008858DC">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Aktivitet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="219EBC"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B58372C" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="002523D5" w:rsidRDefault="00B87E47" w:rsidP="002523D5">
+          <w:p w14:paraId="45E029F6" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008858DC">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Sanser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BACFCA"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22495047" w14:textId="76473AE1" w:rsidR="00B87E47" w:rsidRPr="002523D5" w:rsidRDefault="00673781" w:rsidP="002523D5">
+          <w:p w14:paraId="43B6AC04" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008858DC">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Konkret og praktisk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D4D4AA"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71997D98" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="002523D5" w:rsidRDefault="00B87E47" w:rsidP="002523D5">
+          <w:p w14:paraId="51F1F3A3" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008858DC">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Fysisk aktivitet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2727" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A0D2D8"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28742D33" w14:textId="006CED25" w:rsidR="00B87E47" w:rsidRPr="002523D5" w:rsidRDefault="00B87E47" w:rsidP="002523D5">
+          <w:p w14:paraId="4A1C9A6B" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008858DC">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Rom for å ta egne valg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87E47" w:rsidRPr="00B87E47" w14:paraId="6CC76E92" w14:textId="77777777" w:rsidTr="002523D5">
+      <w:tr w:rsidR="008858DC" w:rsidRPr="008858DC" w14:paraId="55CE34D4" w14:textId="77777777" w:rsidTr="008858DC">
         <w:trPr>
-          <w:trHeight w:val="899"/>
+          <w:trHeight w:val="1214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8ECEE"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="178E8460" w14:textId="19C1FF1F" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="70F4ABD3" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="517914FD" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="7570A354" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D271E01" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="7D36BA15" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50B6DC03" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="378DBF7A" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2727" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12233C27" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="53F76AEF" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87E47" w:rsidRPr="00B87E47" w14:paraId="1D0BEEDC" w14:textId="77777777" w:rsidTr="002523D5">
+      <w:tr w:rsidR="008858DC" w:rsidRPr="008858DC" w14:paraId="75ACD81A" w14:textId="77777777" w:rsidTr="008858DC">
         <w:trPr>
-          <w:trHeight w:val="899"/>
+          <w:trHeight w:val="1214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8ECEE"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E97B6CB" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="20C2D9B9" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D4C62FB" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="6E276259" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="767E4432" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="77F4EFDB" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="650B2CAB" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="0AA2AAC2" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2727" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78BD9BB9" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="1D7D943E" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B87E47" w:rsidRPr="00B87E47" w14:paraId="5F0AB77E" w14:textId="77777777" w:rsidTr="002523D5">
+      <w:tr w:rsidR="008858DC" w:rsidRPr="008858DC" w14:paraId="19FFCE18" w14:textId="77777777" w:rsidTr="008858DC">
         <w:trPr>
-          <w:trHeight w:val="899"/>
+          <w:trHeight w:val="1214"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8ECEE"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="485395F8" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="6B4D3B9C" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49AD2A8D" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="0CF4CCE1" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13464CCD" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="26649B4C" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0AFD0554" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="7CA677FD" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2727" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEE7D1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="72" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="144" w:type="dxa"/>
+              <w:top w:w="59" w:type="dxa"/>
+              <w:left w:w="117" w:type="dxa"/>
+              <w:bottom w:w="59" w:type="dxa"/>
+              <w:right w:w="117" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27C22B7A" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
-[...99 lines deleted...]
-          <w:p w14:paraId="71FAA2B3" w14:textId="77777777" w:rsidR="00B87E47" w:rsidRPr="00B87E47" w:rsidRDefault="00B87E47" w:rsidP="00B87E47"/>
+          <w:p w14:paraId="19562CC2" w14:textId="77777777" w:rsidR="008858DC" w:rsidRPr="008858DC" w:rsidRDefault="008858DC" w:rsidP="008858DC"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C4A61ED" w14:textId="77777777" w:rsidR="00C2641F" w:rsidRDefault="00C2641F">
-[...5 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+    <w:p w14:paraId="740CACA1" w14:textId="77777777" w:rsidR="008858DC" w:rsidRDefault="008858DC"/>
+    <w:sectPr w:rsidR="008858DC" w:rsidSect="008858DC">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="678" w:bottom="1440" w:left="709" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00563B52"/>
     <w:rsid w:val="00014889"/>
     <w:rsid w:val="001A20E9"/>
+    <w:rsid w:val="001C6368"/>
     <w:rsid w:val="002523D5"/>
     <w:rsid w:val="00487888"/>
     <w:rsid w:val="00563B52"/>
     <w:rsid w:val="00673781"/>
+    <w:rsid w:val="008858DC"/>
     <w:rsid w:val="00A07DD3"/>
     <w:rsid w:val="00B87E47"/>
     <w:rsid w:val="00C2641F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="254980C1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3BA3D693-141B-4C8F-B234-38767192B6E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1153,62 +997,66 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:val="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -1691,52 +1539,78 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="8EAADB" w:themeColor="accent5" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="187763323">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="307437851">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="473526704">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1982,75 +1856,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>18</Words>
-  <Characters>98</Characters>
+  <Words>15</Words>
+  <Characters>82</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UiO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>115</CharactersWithSpaces>
+  <CharactersWithSpaces>96</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Berit Reitan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>1d46c2d3-2667-45bf-a3c5-587209f547ad</vt:lpwstr>
   </property>