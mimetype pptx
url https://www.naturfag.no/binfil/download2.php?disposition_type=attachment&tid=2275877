--- v0 (2025-10-22)
+++ v1 (2026-02-11)
@@ -1,145 +1,153 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
+  <p:notesMasterIdLst>
+    <p:notesMasterId r:id="rId39"/>
+  </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="309" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
-    <p:sldId id="260" r:id="rId4"/>
-[...36 lines deleted...]
-    <p:sldId id="263" r:id="rId41"/>
+    <p:sldId id="306" r:id="rId4"/>
+    <p:sldId id="261" r:id="rId5"/>
+    <p:sldId id="273" r:id="rId6"/>
+    <p:sldId id="301" r:id="rId7"/>
+    <p:sldId id="294" r:id="rId8"/>
+    <p:sldId id="300" r:id="rId9"/>
+    <p:sldId id="271" r:id="rId10"/>
+    <p:sldId id="302" r:id="rId11"/>
+    <p:sldId id="275" r:id="rId12"/>
+    <p:sldId id="274" r:id="rId13"/>
+    <p:sldId id="264" r:id="rId14"/>
+    <p:sldId id="265" r:id="rId15"/>
+    <p:sldId id="266" r:id="rId16"/>
+    <p:sldId id="267" r:id="rId17"/>
+    <p:sldId id="269" r:id="rId18"/>
+    <p:sldId id="262" r:id="rId19"/>
+    <p:sldId id="268" r:id="rId20"/>
+    <p:sldId id="276" r:id="rId21"/>
+    <p:sldId id="278" r:id="rId22"/>
+    <p:sldId id="277" r:id="rId23"/>
+    <p:sldId id="279" r:id="rId24"/>
+    <p:sldId id="280" r:id="rId25"/>
+    <p:sldId id="281" r:id="rId26"/>
+    <p:sldId id="282" r:id="rId27"/>
+    <p:sldId id="284" r:id="rId28"/>
+    <p:sldId id="283" r:id="rId29"/>
+    <p:sldId id="295" r:id="rId30"/>
+    <p:sldId id="296" r:id="rId31"/>
+    <p:sldId id="286" r:id="rId32"/>
+    <p:sldId id="287" r:id="rId33"/>
+    <p:sldId id="288" r:id="rId34"/>
+    <p:sldId id="289" r:id="rId35"/>
+    <p:sldId id="307" r:id="rId36"/>
+    <p:sldId id="291" r:id="rId37"/>
+    <p:sldId id="263" r:id="rId38"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -431,81 +439,3828 @@
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr horzBarState="maximized">
+  <p:normalViewPr>
     <p:restoredLeft sz="18025" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="130" d="100"/>
-          <a:sy n="130" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="936" y="126"/>
+        <p:origin x="1088" y="52"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="1" d="1"/>
-        <a:sy n="1" d="1"/>
+        <a:sx n="3" d="2"/>
+        <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/></Relationships>
+</file>
+
+<file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/default" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E9BAF40F-91DA-4622-B43F-02227B73066F}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>Omtrent 2 % av kroppsvekta vår består av bakteriar.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{CC8FF5D0-249B-48D6-BD17-C3C9535C6FD0}" type="parTrans" cxnId="{70C4651D-3CAA-4E5F-A6D7-773CF477F1B7}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{121FB187-F393-49FD-B2C9-5E8A7D9F0C30}" type="sibTrans" cxnId="{70C4651D-3CAA-4E5F-A6D7-773CF477F1B7}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D4454813-6B4D-42F6-9F72-F9B7E7A2977E}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>Bakteriane er levande og </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0" err="1"/>
+            <a:t>formerar</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t> seg ved celledeling.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{859C17E6-AEC9-43EB-B291-4F3FA10BC26A}" type="parTrans" cxnId="{1CF8BC2C-DC3C-46BB-9A86-5A6551A0960B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{48B56581-DC37-4D22-B38E-62E681E9911C}" type="sibTrans" cxnId="{1CF8BC2C-DC3C-46BB-9A86-5A6551A0960B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{39FB4BED-2C8A-4FCC-9098-EFAD981D714E}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>Bakteriane kan grupperast etter namn på utsjånad, for eksempel kokkar og stavar.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{9B394874-0580-464D-B9FC-A2C318208A2E}" type="parTrans" cxnId="{5E0DDBF3-C6A1-48E5-9F63-0CF06B91F0EF}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{20071D9E-9685-453F-9CAD-326ECF08BAA3}" type="sibTrans" cxnId="{5E0DDBF3-C6A1-48E5-9F63-0CF06B91F0EF}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DAA6F390-299C-4CC9-AB2F-5F88922775C3}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>Dei fleste bakteriane er harmlause eller til og med nyttige for oss.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D98E672E-F28A-4CB8-AAF9-2657BBD36E5E}" type="parTrans" cxnId="{A09FE483-181B-4585-B396-9FB0B7652EF9}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DFDB1B42-B81C-4966-ADE3-6D13E24C1F7F}" type="sibTrans" cxnId="{A09FE483-181B-4585-B396-9FB0B7652EF9}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E71CC205-A7E4-40EC-807C-A476EF4F5E01}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>Ulike bakteriar bidrar til å fordøye maten, hindre sjukdomsbakteriar i å trenge inn i kroppen og lagar essensielle næringsstoff og vitamin.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F806F176-60A3-4E24-90B3-448E60482A3D}" type="parTrans" cxnId="{510C3A0A-CFB8-4C69-A1BC-D3B8FFCBD92E}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{251806FF-CB46-4894-A83D-EB10BB797531}" type="sibTrans" cxnId="{510C3A0A-CFB8-4C69-A1BC-D3B8FFCBD92E}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{862A5818-3591-4131-8D3F-74CD72C8B3F6}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>Nokre bakteriar er skadelege for oss og kan forårsake infeksjonar.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E6467887-4729-4C98-ABD9-6E6843FA3AA7}" type="parTrans" cxnId="{5FC5B955-BCE5-47E7-8D77-ADC5741D0FEF}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1E0410A2-E442-4BB7-B047-B660219DDA63}" type="sibTrans" cxnId="{5FC5B955-BCE5-47E7-8D77-ADC5741D0FEF}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{43B97088-C909-48C1-BC77-D9CB1F955C67}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>Nokre vanlege bakteriesjukdommar er blant andre urinvegsinfeksjonar, </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0" err="1"/>
+            <a:t>hudinfeksjonar</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>, hals- og lungebetennelse, </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0" err="1"/>
+            <a:t>sårinfeksjonar</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>, tarminfeksjonar og gonoré.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{4CB21196-C7E3-4FFC-9D28-60261AB5CE10}" type="parTrans" cxnId="{6BFA9460-35CE-426E-BE04-811FC7E6F08B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{979A35B7-C1F2-4709-A837-170411E8FA6D}" type="sibTrans" cxnId="{6BFA9460-35CE-426E-BE04-811FC7E6F08B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{6E741783-B22D-4927-9821-8048C73050EB}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>Dei fleste </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0" err="1"/>
+            <a:t>sjukdomsfram</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" noProof="0" dirty="0"/>
+            <a:t>-kallande bakteriane kan uskadeleggjerast ved hjelp av antibiotika.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{ACD1AB82-0757-4028-9547-9074200B929B}" type="parTrans" cxnId="{6A510148-08F6-46B7-8069-652CCF14392B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8B82684A-ED3A-446E-841F-95EC3B90FA2C}" type="sibTrans" cxnId="{6A510148-08F6-46B7-8069-652CCF14392B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" type="pres">
+      <dgm:prSet presAssocID="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" presName="diagram" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{C451B1CC-B97F-4322-B53F-68352577925C}" type="pres">
+      <dgm:prSet presAssocID="{E9BAF40F-91DA-4622-B43F-02227B73066F}" presName="node" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="8" custScaleX="110815" custScaleY="169739">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AC32851C-6D99-4774-81D5-AE6D356B1EC6}" type="pres">
+      <dgm:prSet presAssocID="{121FB187-F393-49FD-B2C9-5E8A7D9F0C30}" presName="sibTrans" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{836026A5-801C-4FC6-966F-E5345C093981}" type="pres">
+      <dgm:prSet presAssocID="{D4454813-6B4D-42F6-9F72-F9B7E7A2977E}" presName="node" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="8" custScaleY="171536">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{A3D5E75A-083D-438A-AD1F-E96E3BF3257E}" type="pres">
+      <dgm:prSet presAssocID="{48B56581-DC37-4D22-B38E-62E681E9911C}" presName="sibTrans" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{6D1A415E-E106-4F86-8AA2-D7295F138900}" type="pres">
+      <dgm:prSet presAssocID="{39FB4BED-2C8A-4FCC-9098-EFAD981D714E}" presName="node" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="8" custScaleX="194264" custScaleY="168644">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{DAC6E86E-3C4D-41C3-B68E-865801A24370}" type="pres">
+      <dgm:prSet presAssocID="{20071D9E-9685-453F-9CAD-326ECF08BAA3}" presName="sibTrans" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{9A4464F3-33BD-48C0-ACF9-75DC847DB1DC}" type="pres">
+      <dgm:prSet presAssocID="{DAA6F390-299C-4CC9-AB2F-5F88922775C3}" presName="node" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="8" custScaleX="155572" custScaleY="165061">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3D59638F-2CF6-4A29-8264-C149612F8408}" type="pres">
+      <dgm:prSet presAssocID="{DFDB1B42-B81C-4966-ADE3-6D13E24C1F7F}" presName="sibTrans" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{1373B1FB-18D3-46E0-B61D-B2ED9B7B0B9D}" type="pres">
+      <dgm:prSet presAssocID="{E71CC205-A7E4-40EC-807C-A476EF4F5E01}" presName="node" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="8" custScaleX="157414" custScaleY="275502">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{1B61F6BE-26B5-4724-9421-E5F483968B89}" type="pres">
+      <dgm:prSet presAssocID="{251806FF-CB46-4894-A83D-EB10BB797531}" presName="sibTrans" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3E24091F-A7AE-46BA-BB5A-AEC168D55771}" type="pres">
+      <dgm:prSet presAssocID="{862A5818-3591-4131-8D3F-74CD72C8B3F6}" presName="node" presStyleLbl="node1" presStyleIdx="5" presStyleCnt="8" custScaleX="118687" custScaleY="277050">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{1CDA39E5-C71A-4273-9097-171AAF2E6361}" type="pres">
+      <dgm:prSet presAssocID="{1E0410A2-E442-4BB7-B047-B660219DDA63}" presName="sibTrans" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{4E3EBCD3-32FE-47AA-B892-739BE233EE93}" type="pres">
+      <dgm:prSet presAssocID="{43B97088-C909-48C1-BC77-D9CB1F955C67}" presName="node" presStyleLbl="node1" presStyleIdx="6" presStyleCnt="8" custScaleX="157336" custScaleY="278398" custLinFactNeighborX="230" custLinFactNeighborY="-1779">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{54872DA3-0499-4045-8568-3DE0FFB5C384}" type="pres">
+      <dgm:prSet presAssocID="{979A35B7-C1F2-4709-A837-170411E8FA6D}" presName="sibTrans" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{BDE73141-ECE5-4B18-9C5E-385904741270}" type="pres">
+      <dgm:prSet presAssocID="{6E741783-B22D-4927-9821-8048C73050EB}" presName="node" presStyleLbl="node1" presStyleIdx="7" presStyleCnt="8" custScaleX="130531" custScaleY="277050">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{D892B408-BA64-480F-B11D-537729BC7657}" type="presOf" srcId="{39FB4BED-2C8A-4FCC-9098-EFAD981D714E}" destId="{6D1A415E-E106-4F86-8AA2-D7295F138900}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{510C3A0A-CFB8-4C69-A1BC-D3B8FFCBD92E}" srcId="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" destId="{E71CC205-A7E4-40EC-807C-A476EF4F5E01}" srcOrd="4" destOrd="0" parTransId="{F806F176-60A3-4E24-90B3-448E60482A3D}" sibTransId="{251806FF-CB46-4894-A83D-EB10BB797531}"/>
+    <dgm:cxn modelId="{70C4651D-3CAA-4E5F-A6D7-773CF477F1B7}" srcId="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" destId="{E9BAF40F-91DA-4622-B43F-02227B73066F}" srcOrd="0" destOrd="0" parTransId="{CC8FF5D0-249B-48D6-BD17-C3C9535C6FD0}" sibTransId="{121FB187-F393-49FD-B2C9-5E8A7D9F0C30}"/>
+    <dgm:cxn modelId="{1CF8BC2C-DC3C-46BB-9A86-5A6551A0960B}" srcId="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" destId="{D4454813-6B4D-42F6-9F72-F9B7E7A2977E}" srcOrd="1" destOrd="0" parTransId="{859C17E6-AEC9-43EB-B291-4F3FA10BC26A}" sibTransId="{48B56581-DC37-4D22-B38E-62E681E9911C}"/>
+    <dgm:cxn modelId="{6BFA9460-35CE-426E-BE04-811FC7E6F08B}" srcId="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" destId="{43B97088-C909-48C1-BC77-D9CB1F955C67}" srcOrd="6" destOrd="0" parTransId="{4CB21196-C7E3-4FFC-9D28-60261AB5CE10}" sibTransId="{979A35B7-C1F2-4709-A837-170411E8FA6D}"/>
+    <dgm:cxn modelId="{6A510148-08F6-46B7-8069-652CCF14392B}" srcId="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" destId="{6E741783-B22D-4927-9821-8048C73050EB}" srcOrd="7" destOrd="0" parTransId="{ACD1AB82-0757-4028-9547-9074200B929B}" sibTransId="{8B82684A-ED3A-446E-841F-95EC3B90FA2C}"/>
+    <dgm:cxn modelId="{77AEBF69-41D7-48EA-ABDF-322615FD4BEF}" type="presOf" srcId="{D4454813-6B4D-42F6-9F72-F9B7E7A2977E}" destId="{836026A5-801C-4FC6-966F-E5345C093981}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{9707926B-82AC-4E30-AB0D-CC5D60294C58}" type="presOf" srcId="{6E741783-B22D-4927-9821-8048C73050EB}" destId="{BDE73141-ECE5-4B18-9C5E-385904741270}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{5FC5B955-BCE5-47E7-8D77-ADC5741D0FEF}" srcId="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" destId="{862A5818-3591-4131-8D3F-74CD72C8B3F6}" srcOrd="5" destOrd="0" parTransId="{E6467887-4729-4C98-ABD9-6E6843FA3AA7}" sibTransId="{1E0410A2-E442-4BB7-B047-B660219DDA63}"/>
+    <dgm:cxn modelId="{A97C8D57-E8B8-40EA-9668-0E6643CFB01B}" type="presOf" srcId="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" destId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{A7F99A7C-EC2C-40EA-9122-55A2957607DB}" type="presOf" srcId="{DAA6F390-299C-4CC9-AB2F-5F88922775C3}" destId="{9A4464F3-33BD-48C0-ACF9-75DC847DB1DC}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{A09FE483-181B-4585-B396-9FB0B7652EF9}" srcId="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" destId="{DAA6F390-299C-4CC9-AB2F-5F88922775C3}" srcOrd="3" destOrd="0" parTransId="{D98E672E-F28A-4CB8-AAF9-2657BBD36E5E}" sibTransId="{DFDB1B42-B81C-4966-ADE3-6D13E24C1F7F}"/>
+    <dgm:cxn modelId="{79DAF78B-8B59-4B67-BA75-B538B7951FEB}" type="presOf" srcId="{E71CC205-A7E4-40EC-807C-A476EF4F5E01}" destId="{1373B1FB-18D3-46E0-B61D-B2ED9B7B0B9D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{FEE2CEBD-E712-499C-A2CE-F2C79B493C77}" type="presOf" srcId="{862A5818-3591-4131-8D3F-74CD72C8B3F6}" destId="{3E24091F-A7AE-46BA-BB5A-AEC168D55771}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{FFF0CCC5-698A-4E04-A41C-93D4E115AF4B}" type="presOf" srcId="{43B97088-C909-48C1-BC77-D9CB1F955C67}" destId="{4E3EBCD3-32FE-47AA-B892-739BE233EE93}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{06A1DFE4-847D-4F13-9942-02AB9E624BDE}" type="presOf" srcId="{E9BAF40F-91DA-4622-B43F-02227B73066F}" destId="{C451B1CC-B97F-4322-B53F-68352577925C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{5E0DDBF3-C6A1-48E5-9F63-0CF06B91F0EF}" srcId="{4670C83C-F2B8-4CD7-B428-E6E523C86A2E}" destId="{39FB4BED-2C8A-4FCC-9098-EFAD981D714E}" srcOrd="2" destOrd="0" parTransId="{9B394874-0580-464D-B9FC-A2C318208A2E}" sibTransId="{20071D9E-9685-453F-9CAD-326ECF08BAA3}"/>
+    <dgm:cxn modelId="{C3F0E169-0070-4F25-B9B5-DECDC245D229}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{C451B1CC-B97F-4322-B53F-68352577925C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{730613EF-CD21-4EAF-BCED-08A435B3A34D}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{AC32851C-6D99-4774-81D5-AE6D356B1EC6}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{5EEDBD63-E0DB-4798-AE15-AA0C8835EA06}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{836026A5-801C-4FC6-966F-E5345C093981}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{7612776E-B319-4E19-833D-41466A9D5379}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{A3D5E75A-083D-438A-AD1F-E96E3BF3257E}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{4AF4DA36-F25D-48C7-9F51-7AD877592152}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{6D1A415E-E106-4F86-8AA2-D7295F138900}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{04EE76ED-5840-4354-8062-0A9E1E81DC21}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{DAC6E86E-3C4D-41C3-B68E-865801A24370}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{5FF2B1A9-21BD-46D5-8FC4-3CC06EC118E7}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{9A4464F3-33BD-48C0-ACF9-75DC847DB1DC}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{E461F776-9ADF-4D63-B13D-4E9391019443}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{3D59638F-2CF6-4A29-8264-C149612F8408}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{CFCA6BCC-210E-473B-8A13-E6A1B054DCC0}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{1373B1FB-18D3-46E0-B61D-B2ED9B7B0B9D}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{0DA4F15F-7E03-48F8-A106-604ED987FD14}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{1B61F6BE-26B5-4724-9421-E5F483968B89}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{D6A06899-52CA-46AE-BA6C-2D0D10E1F521}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{3E24091F-A7AE-46BA-BB5A-AEC168D55771}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{CF7DB692-0BFA-43D7-A7C2-C40D3893F40F}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{1CDA39E5-C71A-4273-9097-171AAF2E6361}" srcOrd="11" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{6398AE52-351E-450B-80D6-0211194EDFEE}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{4E3EBCD3-32FE-47AA-B892-739BE233EE93}" srcOrd="12" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{66DF8615-E669-4ED1-93B1-D3420D0FB115}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{54872DA3-0499-4045-8568-3DE0FFB5C384}" srcOrd="13" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+    <dgm:cxn modelId="{30DFD700-850B-44E2-BB28-FCFE5951CA73}" type="presParOf" srcId="{4B8255B2-3C4A-4AF7-BD25-5431F3755DDB}" destId="{BDE73141-ECE5-4B18-9C5E-385904741270}" srcOrd="14" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId9" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{C451B1CC-B97F-4322-B53F-68352577925C}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="26441" y="147161"/>
+          <a:ext cx="1528584" cy="1404830"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="68580" rIns="68580" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Omtrent 2 % av kroppsvekta vår består av bakteriar.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="26441" y="147161"/>
+        <a:ext cx="1528584" cy="1404830"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{836026A5-801C-4FC6-966F-E5345C093981}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="1692966" y="139725"/>
+          <a:ext cx="1379402" cy="1419703"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="68580" rIns="68580" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Bakteriane er levande og </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0" err="1"/>
+            <a:t>formerar</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t> seg ved celledeling.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="1692966" y="139725"/>
+        <a:ext cx="1379402" cy="1419703"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{6D1A415E-E106-4F86-8AA2-D7295F138900}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="3210309" y="151693"/>
+          <a:ext cx="2679682" cy="1395767"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="68580" rIns="68580" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Bakteriane kan grupperast etter namn på utsjånad, for eksempel kokkar og stavar.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3210309" y="151693"/>
+        <a:ext cx="2679682" cy="1395767"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{9A4464F3-33BD-48C0-ACF9-75DC847DB1DC}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="6027932" y="166520"/>
+          <a:ext cx="2145964" cy="1366113"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="68580" rIns="68580" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Dei fleste bakteriane er harmlause eller til og med nyttige for oss.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="6027932" y="166520"/>
+        <a:ext cx="2145964" cy="1366113"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{1373B1FB-18D3-46E0-B61D-B2ED9B7B0B9D}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="3564" y="1709353"/>
+          <a:ext cx="2171372" cy="2280168"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="68580" rIns="68580" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Ulike bakteriar bidrar til å fordøye maten, hindre sjukdomsbakteriar i å trenge inn i kroppen og lagar essensielle næringsstoff og vitamin.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="3564" y="1709353"/>
+        <a:ext cx="2171372" cy="2280168"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{3E24091F-A7AE-46BA-BB5A-AEC168D55771}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2312877" y="1702947"/>
+          <a:ext cx="1637171" cy="2292980"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="68580" rIns="68580" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Nokre bakteriar er skadelege for oss og kan forårsake infeksjonar.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="2312877" y="1702947"/>
+        <a:ext cx="1637171" cy="2292980"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{4E3EBCD3-32FE-47AA-B892-739BE233EE93}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="4091161" y="1682645"/>
+          <a:ext cx="2170296" cy="2304137"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="68580" rIns="68580" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Nokre vanlege bakteriesjukdommar er blant andre urinvegsinfeksjonar, </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0" err="1"/>
+            <a:t>hudinfeksjonar</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>, hals- og lungebetennelse, </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0" err="1"/>
+            <a:t>sårinfeksjonar</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>, tarminfeksjonar og gonoré.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="4091161" y="1682645"/>
+        <a:ext cx="2170296" cy="2304137"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{BDE73141-ECE5-4B18-9C5E-385904741270}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="6396225" y="1702947"/>
+          <a:ext cx="1800547" cy="2292980"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="68580" rIns="68580" bIns="68580" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>Dei fleste </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0" err="1"/>
+            <a:t>sjukdomsfram</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="nn-NO" sz="1800" kern="1200" noProof="0" dirty="0"/>
+            <a:t>-kallande bakteriane kan uskadeleggjerast ved hjelp av antibiotika.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="6396225" y="1702947"/>
+        <a:ext cx="1800547" cy="2292980"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/default">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="list" pri="400"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="4">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="5">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="6" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="9" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+        <dgm:cxn modelId="10" srcId="0" destId="5" srcOrd="4" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+        <dgm:pt modelId="5"/>
+        <dgm:pt modelId="6"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="7" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="9" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="10" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+        <dgm:cxn modelId="11" srcId="0" destId="5" srcOrd="4" destOrd="0"/>
+        <dgm:cxn modelId="12" srcId="0" destId="6" srcOrd="5" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="diagram">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name0">
+      <dgm:if name="Name1" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="snake">
+          <dgm:param type="grDir" val="tL"/>
+          <dgm:param type="flowDir" val="row"/>
+          <dgm:param type="contDir" val="sameDir"/>
+          <dgm:param type="off" val="ctr"/>
+        </dgm:alg>
+      </dgm:if>
+      <dgm:else name="Name2">
+        <dgm:alg type="snake">
+          <dgm:param type="grDir" val="tR"/>
+          <dgm:param type="flowDir" val="row"/>
+          <dgm:param type="contDir" val="sameDir"/>
+          <dgm:param type="off" val="ctr"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:constrLst>
+      <dgm:constr type="w" for="ch" forName="node" refType="w"/>
+      <dgm:constr type="h" for="ch" forName="node" refType="w" refFor="ch" refForName="node" fact="0.6"/>
+      <dgm:constr type="w" for="ch" forName="sibTrans" refType="w" refFor="ch" refForName="node" fact="0.1"/>
+      <dgm:constr type="sp" refType="w" refFor="ch" refForName="sibTrans"/>
+      <dgm:constr type="primFontSz" for="ch" forName="node" op="equ" val="65"/>
+    </dgm:constrLst>
+    <dgm:ruleLst/>
+    <dgm:forEach name="Name3" axis="ch" ptType="node">
+      <dgm:layoutNode name="node">
+        <dgm:varLst>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:varLst>
+        <dgm:alg type="tx"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="desOrSelf" ptType="node"/>
+        <dgm:constrLst>
+          <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+          <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+          <dgm:constr type="tMarg" refType="primFontSz" fact="0.3"/>
+          <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+      </dgm:layoutNode>
+      <dgm:forEach name="Name4" axis="followSib" ptType="sibTrans" cnt="1">
+        <dgm:layoutNode name="sibTrans">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:ruleLst/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+    </dgm:forEach>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for topptekst 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for dato 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{BAE61DC0-B952-489E-A369-0C7790FEF4B8}" type="datetimeFigureOut">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>23.01.2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbilde 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:prstClr val="black"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Plassholder for notater 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="nb-NO"/>
+              <a:t>Klikk for å redigere tekststiler i malen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="nb-NO"/>
+              <a:t>Andre nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="nb-NO"/>
+              <a:t>Tredje nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="nb-NO"/>
+              <a:t>Fjerde nivå</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="nb-NO"/>
+              <a:t>Femte nivå</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Plassholder for bunntekst 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Plassholder for lysbildenummer 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{811151BC-769F-4323-B2E4-96E879402E38}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2524407031"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:notesStyle>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:notesStyle>
+</p:notesMaster>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{811151BC-769F-4323-B2E4-96E879402E38}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1753332631"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>https://www.ecdc.europa.eu/sites/default/files/documents/antimicrobial-resistance-eu-annual-epidemiological-report-2024.pdf</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{811151BC-769F-4323-B2E4-96E879402E38}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>34</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="982600651"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F03E50B-D13D-EEED-5B11-9C9F209C36B0}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Plassholder for lysbilde 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72B9BEAB-A0BE-5756-CAE2-3565696A7A9D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for notater 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72BF365E-08AF-E25E-A919-2ABD3A99B04C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>https://www.ecdc.europa.eu/sites/default/files/documents/antimicrobial-resistance-eu-annual-epidemiological-report-2024.pdf</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Plassholder for lysbildenummer 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB64E62F-493A-FACD-23F7-1896CCB38517}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{811151BC-769F-4323-B2E4-96E879402E38}" type="slidenum">
+              <a:rPr lang="nb-NO" smtClean="0"/>
+              <a:t>35</a:t>
+            </a:fld>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2784345326"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -639,51 +4394,51 @@
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere undertittelstil i malen</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -809,51 +4564,51 @@
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -989,51 +4744,51 @@
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1159,51 +4914,51 @@
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1403,51 +5158,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Rediger tekststiler i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1635,51 +5390,51 @@
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2002,51 +5757,51 @@
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2120,51 +5875,51 @@
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tittelstil</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2215,51 +5970,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2492,51 +6247,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Rediger tekststiler i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2749,51 +6504,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Rediger tekststiler i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2966,51 +6721,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{53160C8A-7E69-4BF0-B453-5BCC5088100D}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.11.2024</a:t>
+              <a:t>23.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3355,2717 +7110,317 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nhi.no/kroppen-var/funksjoner/immunsystemet-generelt/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.menti.com/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forskning.no/bakterier/2016/08/bakterier-pa-godt-og-vondt" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nhi.no/kroppen-var/sykdomsprosesser/infeksjoner/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.menti.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nhi.no/kroppen-var/funksjoner/immunsystemet-generelt/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrk.no/skole/?mediaId=26618&amp;page=objectives&amp;learningProgramme=LK20" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecdc.europa.eu/sites/default/files/documents/antimicrobial-resistance-eu-annual-epidemiological-report-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nhi.no/sykdommer/infeksjoner/bakteriesykdommer/mrsa-resistente-bakterier" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fhi.no/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nhi.no/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mn.uio.no/ibv/tjenester/kunnskap/plantefys/leksikon/g/gramfa.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legehandboka.no/handboken/kliniske-kapitler/infeksjoner/pasientinformasjon/om-infeksjoner/immunsystemet/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...122 lines deleted...]
-
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="002060"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="3" name="Undertittel 2">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3920B9CA-F37F-4ED8-9DDE-C77D63DDE857}"/>
-[...221 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F9272A7-5BE3-4D0A-B8A6-5D43932894D4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDB842C5-63A8-A453-6054-514529D47F80}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="hqprint">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect l="35502" r="25298"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5294370" y="4476902"/>
-            <a:ext cx="2935228" cy="1956818"/>
+            <a:off x="5095874" y="10"/>
+            <a:ext cx="4053093" cy="6875809"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Tittel 1">
+          <p:cNvPr id="6" name="Tittel 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0836CCD6-5430-4700-9311-335D3C267691}"/>
-[...164 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6B0A14D-015A-BF3C-33B0-3EF53411FAEF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1705FEF-6BB9-335A-BC16-A37B1E767833}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nn-NO" dirty="0"/>
-[...752 lines deleted...]
-              <a:t>Immunsystemet</a:t>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Bakgrunn</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Plassholder for innhold 2">
+          <p:cNvPr id="4" name="Undertittel 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{466E7224-100F-45B6-8D9F-DF1209E25216}"/>
-[...1232 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5715C51C-88CB-480B-AEF8-1DDF34E6DEB0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12CA44DA-EE8E-0F6D-228D-4C6C13B9486B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="570587" y="1463041"/>
-            <a:ext cx="8200338" cy="4141232"/>
+            <a:off x="628649" y="4949505"/>
+            <a:ext cx="4253743" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
@@ -6189,846 +7544,4533 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...15 lines deleted...]
-              </a:spcBef>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>De er ein del av legeteamet </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Frisk og Rask</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>. Kvar dag går legesekretæren gjennom meldingar som er sende til legesenteret for å tildele timar til pasientar.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
-[...27 lines deleted...]
-              </a:spcBef>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Denne morgonen har følgande melding komme inn til legesenteret:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
-[...227 lines deleted...]
-              <a:t> ved hjelp av antibiotika.</a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>«Hei, dette er Greta Garberg. Eg har ikkje vore hos dykk før, men håper de kan sette av ein time til meg så fort som mogleg. Eg må ha fått ein infeksjon som eg ikkje blir kvitt. Nå har eg hatt kraftig diare i fleire dagar, og eg blir ikkje betre.»</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4191268142"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3266928079"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="1500"/>
+                                  </p:stCondLst>
+                                  <p:iterate>
+                                    <p:tmPct val="10000"/>
+                                  </p:iterate>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="700"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="1500"/>
+                                  </p:stCondLst>
+                                  <p:iterate>
+                                    <p:tmPct val="10000"/>
+                                  </p:iterate>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="700"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="1500"/>
+                                  </p:stCondLst>
+                                  <p:iterate>
+                                    <p:tmPct val="10000"/>
+                                  </p:iterate>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="700"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="4" grpId="0" build="p"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6D59FDC-A68F-456C-8A15-73DDD5A64584}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C3636CB-A9EF-E970-3C10-9C5CC501A136}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Kjenneteikn på </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0" err="1"/>
+              <a:t>måloppnåing</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="3" name="Plassholder for innhold 2">
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Plassholder for innhold 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9E42C4E-A488-426C-BE32-526873370736}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34181B83-DAEE-F136-1673-F809AE1C6A6C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4274949395"/>
+              </p:ext>
+            </p:extLst>
           </p:nvPr>
-        </p:nvSpPr>
-[...193 lines deleted...]
-      </p:sp>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="628650" y="2138220"/>
+          <a:ext cx="7886700" cy="3726148"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2257324">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3650189634"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1631556">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2023630815"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1788632">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="603120450"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2209188">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="141383189"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="508595">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Overordna læringsmål</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Låg </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0" err="1">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>måloppnåing</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Middels </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0" err="1">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>måloppnåing</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Høg </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0" err="1">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>måloppnåing</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="972597807"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1471947">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>bruke informasjon om infeksjonar og immunsystem til å foreslå og grunngi diagnose.</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:tabLst>
+                          <a:tab pos="600075" algn="l"/>
+                        </a:tabLst>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>	</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Stiller diagnose, men med mangelfull kopling mot symptom.</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Stiller diagnose og grunngir med noko informasjon om symptom og sjukdom.</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Stiller riktig diagnose og grunngir med informasjon om infeksjonar, symptom og immunsystemet. </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1189229807"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1744296">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>foreslå og grunngi behandling og gi faglege råd om bruk av antibiotika.   </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Foreslår ei behandling og </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0" err="1">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>gjengir</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t> noko informasjon om bruk av antibiotika.</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Foreslår ei behandling og grunngir den fagleg ut frå diagnosen. Gir nokre grunngjevne faglege råd om bruk av antibiotika. </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Foreslår behandling og grunngir den fagleg ut frå den riktige diagnosen. </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1200" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>Vurderer fordelar og ulemper med bruk av antibiotika både på individ- og samfunnsnivå.  </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68404" marR="68404" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="984901427"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3038571176"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2589356073"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Plassholder for innhold 3">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="15333"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="20" y="10"/>
+            <a:ext cx="9143980" cy="6857990"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37C89E4B-3C9F-44B9-8B86-D9E3D112D8EC}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="5320142"/>
+            <a:ext cx="9144000" cy="736551"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:alpha val="93000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D165F98E-71E6-4A1F-97F0-1017AFA81172}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="392906" y="5317240"/>
+            <a:ext cx="8408194" cy="744836"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3100" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Økt 2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Straight Connector 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA2EAA10-076F-46BD-8F0F-B9A2FB77A85C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvCxnSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="5241983"/>
+            <a:ext cx="9144000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="41275">
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:alpha val="90000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="13" name="Straight Connector 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D891E407-403B-4764-86C9-33A56D3BCAA3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
+          </p:cNvCxnSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6134852"/>
+            <a:ext cx="9144000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="41275">
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:alpha val="90000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4193264885"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{780DD6E8-515B-400C-9D1E-1EA41E7B3507}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3568C5C4-CE34-4FF4-A32A-69607F4B3F27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Økt 3</a:t>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Les om immunsystemet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Plassholder for innhold 3"/>
+          <p:cNvPr id="6" name="Bilde 5" descr="Skjermdump av artikkelen: Generelt om immunsystemet">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18D9E257-1EBC-4F01-AB3C-AB18237A30AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="628651" y="1985368"/>
+            <a:ext cx="3465164" cy="3504605"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{466E7224-100F-45B6-8D9F-DF1209E25216}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4646647" y="2226469"/>
+            <a:ext cx="3868703" cy="3263504"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2400" noProof="0" dirty="0"/>
+              <a:t>Les artikkelen om immunsystemet på </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2400" noProof="0" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>nhi.no </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2400" noProof="0" dirty="0"/>
+              <a:t>, og skriv ei setning som du meiner beskriv kva immunsystemet er.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2400" noProof="0" dirty="0"/>
+              <a:t>Gå inn på </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2400" noProof="0" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Menti.com</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2400" noProof="0" dirty="0"/>
+              <a:t>, logg deg inn med koden XXXX og skriv inn setninga du laga.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3703372476"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Slide Background">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F7D5CDA-D291-4307-BF55-1381FED29634}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8CF712D-C648-4BC9-9685-FA042E30B027}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571350" y="158497"/>
+            <a:ext cx="4000647" cy="1708242"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>Immunsystemet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22198749-CC0F-4C43-B9A7-235F61F0F962}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571350" y="2258568"/>
+            <a:ext cx="6210450" cy="3981512"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>er kroppens eige forsvarsverk som går til motangrep når kroppen blir angripen av uønskte mikroorganismar</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Det består av ulike vevstypar, organ, protein, bakteriar og celler.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Det beskyttar kroppen mot uønskte inntrengarar.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Det skil mellom kroppens eigne celler og mikroorganismar utanfrå.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Feber er ein del av immunsystemet og bidrar til at kroppen betre motarbeider uønskte mikroorganismar.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Når immunsystemet ikkje fungerer som det skal, kan det gi plagar som for eksempel allergi. Kroppen oppfattar eit ufarleg stoff som farleg, og går til angrep mot «inntrengaren».</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="En 3D-gjengivelse av virus celler">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A310D373-2AAD-ED9D-4982-CB85F8E93914}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="37842" t="-1" r="45466" b="-1"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7105650" y="-10886"/>
+            <a:ext cx="2038350" cy="6868886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:effectLst>
+            <a:outerShdw blurRad="127000" dist="50800" dir="10800000" sx="99000" sy="99000" algn="r" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="40000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3085337721"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04812C46-200A-4DEB-A05E-3ED6C68C2387}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9141713" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4" descr="Illustrasjon av kropp med skjelett som holder et skjold foran seg.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2348FFB9-E0FF-D393-FCED-4476D81EC51C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="7203" r="33313"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="7252212" cy="6857990"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1EA859B-E555-4109-94F3-6700E046E008}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3843764" y="0"/>
+            <a:ext cx="5300233" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="48000">
+                <a:schemeClr val="bg1"/>
+              </a:gs>
+              <a:gs pos="35000">
+                <a:schemeClr val="bg1">
+                  <a:alpha val="77000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="19000">
+                <a:schemeClr val="bg1">
+                  <a:alpha val="38000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="0">
+                <a:schemeClr val="bg1">
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg1"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="10800000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDF7E71E-473F-4D46-81FF-22DB1E95FD81}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5648707" y="365125"/>
+            <a:ext cx="2866642" cy="1899912"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>Normalfloraen i kroppen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9ACAB567-92C3-4B55-B105-D0279243B862}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5648706" y="1965960"/>
+            <a:ext cx="3403853" cy="4211003"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Omtrent 2 % av kroppsvekta vår består av bakteriar og dannar  normalfloraen vår.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Normalfloraen består av over 10 000 forskjellige artar.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Normalfloraen bidrar til å fordøye maten, hindre sjukdomsbakteriar i å trenge inn i kroppen, og lagar essensielle næringsstoff og vitamin.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3124236513"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04812C46-200A-4DEB-A05E-3ED6C68C2387}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9141713" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Bilde 6" descr="Foto av mikroskop med petriskål med bakteriekulturer.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2405A338-64D0-B435-1705-1F4CDE7CE42F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="9379" r="20033" b="-1"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="20" y="10"/>
+            <a:ext cx="7252212" cy="6857990"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rectangle 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1EA859B-E555-4109-94F3-6700E046E008}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3843764" y="0"/>
+            <a:ext cx="5300233" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="48000">
+                <a:schemeClr val="bg1"/>
+              </a:gs>
+              <a:gs pos="35000">
+                <a:schemeClr val="bg1">
+                  <a:alpha val="77000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="19000">
+                <a:schemeClr val="bg1">
+                  <a:alpha val="38000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="0">
+                <a:schemeClr val="bg1">
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg1"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="10800000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9753D170-8915-4F4A-8AD7-893CA67D4531}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5648707" y="365125"/>
+            <a:ext cx="2866642" cy="1899912"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>Jakta på bakteriane </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3E773E7-F631-43B9-8E2E-BA4435A09167}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5648707" y="2434201"/>
+            <a:ext cx="2866642" cy="3742762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Merk petriskåla med namn og dato. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Løft av lokket, og trykk handa di ned i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
+              <a:t>agarløysinga</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Set lokket raskt på, og fest det med tape. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Set petriskåla i varmeskap på ca. 30 gradar i 1–2 dagar. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3729566103"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FD86B1D-2868-4C39-9609-E1606A928DEC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Bakteriar og virus, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>sorteringsoppgåve</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Bilde 3" descr="Elevarket med to kolonner: virus og bakterier.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2052182A-2F60-4702-A9EA-ACDBF60548D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="417909" y="2076451"/>
+            <a:ext cx="5170099" cy="3563540"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Bilde 7" descr="Foto av påstandslappene om virus og/eller bakterier">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{446D1C76-F1F5-4684-A276-57DF81115D47}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="hqprint">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5266540" y="1753791"/>
+            <a:ext cx="4257675" cy="3193256"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3150456311"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D93DE623-625B-41F6-B763-AC820CC86F92}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Samanlikne virus og bakteriar</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3AC9D06-979D-4661-83D9-E0DCE0B7EEF0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Bruk informasjon frå nhi.no og forskning.no og eventuelt andre kjelder, og vurder om de vil endre sorteringa de gjorde.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Suppler gjerne med fleire opplysningar. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" u="sng" noProof="0" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://nhi.no/kroppen-var/sykdomsprosesser/infeksjoner/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" u="sng" noProof="0" dirty="0"/>
+              <a:t>    </a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" u="sng" noProof="0" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://forskning.no/bakterier/2016/08/bakterier-pa-godt-og-vondt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="333844592"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+            <a:alpha val="78000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Bilde 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A91684D-B460-85A1-BEB5-26007ADB2D0C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6857999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill dpi="0" rotWithShape="1">
+            <a:blip r:embed="rId4">
+              <a:alphaModFix amt="42000"/>
+            </a:blip>
+            <a:srcRect/>
+            <a:tile tx="0" ty="0" sx="100000" sy="100000" flip="none" algn="tl"/>
+          </a:blipFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00BDB374-C7CD-4F39-83CE-E652C2A03974}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="570587" y="365126"/>
+            <a:ext cx="7944763" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="4800" b="1" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Bakteriar</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64CFB94C-39F8-457C-959A-5B57BC25E99C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="10" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C406A337-FE15-6FE3-B14C-14D4E941131F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1770420716"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="570587" y="1463041"/>
+          <a:ext cx="8200338" cy="4141232"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId5" r:lo="rId6" r:qs="rId7" r:cs="rId8"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4191268142"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Rectangle 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12609869-9E80-471B-A487-A53288E0E791}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="12700" cap="flat" cmpd="sng" algn="ctr">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:shade val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+                <a:miter lim="800000"/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6D59FDC-A68F-456C-8A15-73DDD5A64584}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="843153" y="347472"/>
+            <a:ext cx="3992787" cy="842148"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>Virus</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9E42C4E-A488-426C-BE32-526873370736}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="709128" y="1218908"/>
+            <a:ext cx="5271048" cy="5166360"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Eit virus kan verken ta til seg næring eller formeire seg, og det har heller ikkje stoffskifte utan å invadere og ta kontroll over ei vertscelle.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Viruset brukar cellematerialet i vertscella til å lage kopiar av seg sjølv.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Virus har evne til å snylte på alle typar liv.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Mange virus, men ikkje alle, er sjukdomsframkallande. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Vanlege virussjukdommar er forkjøling, influensa, munnsår (herpes), raude hundar, meslingar, vasskoppar og helveteseld.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Dei fleste virussjukdommane blir lækte av seg sjølve, men nokre kan kurerast med medikament. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rectangle 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7004738A-9D34-43E8-97D2-CA0EED4F8BE0}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="6092499" y="-5"/>
+            <a:ext cx="3069391" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="8000">
+                <a:srgbClr val="000000">
+                  <a:alpha val="94000"/>
+                </a:srgbClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2400000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Rectangle 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8B8D07F-F13E-443E-BA68-2D26672D76B9}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="6092499" y="-2"/>
+            <a:ext cx="3069391" cy="6400369"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="31000">
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="50000"/>
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="50000"/>
+                  <a:alpha val="26000"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="18000000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Rectangle 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2813A4FA-24A5-41ED-A534-3807D1B2F344}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="6092499" y="-22"/>
+            <a:ext cx="3051501" cy="6400389"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="72000">
+                <a:srgbClr val="000000">
+                  <a:alpha val="21000"/>
+                </a:srgbClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="3000000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Rectangle 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3944F27-CA70-4E84-A51A-E6BF89558979}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="6092499" y="-10"/>
+            <a:ext cx="2708601" cy="6857997"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="93000">
+                <a:srgbClr val="000000">
+                  <a:alpha val="29000"/>
+                </a:srgbClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="5400000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4" descr="Illustrasjon av virus">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE4356E9-37D5-9364-2694-21A5BCD4B4F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="12225" r="15619" b="-3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5798656" y="1277428"/>
+            <a:ext cx="2074328" cy="2874866"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3038571176"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32FA67DA-6ED3-4E9F-9C30-5CCD563B971B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="360759" y="3752849"/>
+            <a:ext cx="2468166" cy="2452687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Oppdrag</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25AE53D2-944D-DA81-097B-29D1F150A5F0}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="17810" b="21396"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="20" y="10"/>
+            <a:ext cx="9143980" cy="3710603"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="12192000" h="3692092">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="12192000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="12192000" y="3504824"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="12024691" y="3517794"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8077523" y="3783195"/>
+                  <a:pt x="4094678" y="3026959"/>
+                  <a:pt x="160485" y="3663863"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3692092"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F58B92C4-D031-477A-A713-CAA7594641B3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3167986" y="3986784"/>
+            <a:ext cx="5614060" cy="2218753"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>De skal stille diagnosen til pasienten og føreskrive behandling. Det er viktig at diagnosen som blir stilt er godt grunngitt for å sikre riktig behandling/medisinering.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="486068280"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8384FB5-9ADC-4DDC-881B-597D56F5B15D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="12700" cap="flat" cmpd="sng" algn="ctr">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:shade val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+                <a:miter lim="800000"/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91E5A9A7-95C6-4F4F-B00E-C82E07FE62EF}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000" flipH="1">
+            <a:off x="-1922632" y="1922631"/>
+            <a:ext cx="6875818" cy="3030558"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:srgbClr val="000000"/>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="18600000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rectangle 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D07DD2DE-F619-49DD-B5E7-03A290FF4ED1}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="-663321" y="3165298"/>
+            <a:ext cx="4355594" cy="3028952"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="50000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="50000"/>
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="11400000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rectangle 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85149191-5F60-4A28-AAFF-039F96B0F3EC}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipH="1">
+            <a:off x="-1742858" y="2085760"/>
+            <a:ext cx="6857572" cy="2686051"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:srgbClr val="000000">
+                  <a:alpha val="59000"/>
+                </a:srgbClr>
+              </a:gs>
+              <a:gs pos="69000">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="13200000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Freeform: Shape 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8260ED5-17F7-4158-B241-D51DD4CF1B7E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="6097846">
+            <a:off x="-1161554" y="1712395"/>
+            <a:ext cx="4808302" cy="3066500"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 48844 w 4808302"/>
+              <a:gd name="connsiteY0" fmla="*/ 2888671 h 4088666"/>
+              <a:gd name="connsiteX1" fmla="*/ 0 w 4808302"/>
+              <a:gd name="connsiteY1" fmla="*/ 2404151 h 4088666"/>
+              <a:gd name="connsiteX2" fmla="*/ 2404151 w 4808302"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 4088666"/>
+              <a:gd name="connsiteX3" fmla="*/ 4808302 w 4808302"/>
+              <a:gd name="connsiteY3" fmla="*/ 2404151 h 4088666"/>
+              <a:gd name="connsiteX4" fmla="*/ 4700216 w 4808302"/>
+              <a:gd name="connsiteY4" fmla="*/ 3119072 h 4088666"/>
+              <a:gd name="connsiteX5" fmla="*/ 4643143 w 4808302"/>
+              <a:gd name="connsiteY5" fmla="*/ 3275009 h 4088666"/>
+              <a:gd name="connsiteX6" fmla="*/ 690093 w 4808302"/>
+              <a:gd name="connsiteY6" fmla="*/ 4088666 h 4088666"/>
+              <a:gd name="connsiteX7" fmla="*/ 548991 w 4808302"/>
+              <a:gd name="connsiteY7" fmla="*/ 3933414 h 4088666"/>
+              <a:gd name="connsiteX8" fmla="*/ 48844 w 4808302"/>
+              <a:gd name="connsiteY8" fmla="*/ 2888671 h 4088666"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="4808302" h="4088666">
+                <a:moveTo>
+                  <a:pt x="48844" y="2888671"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="16818" y="2732167"/>
+                  <a:pt x="0" y="2570123"/>
+                  <a:pt x="0" y="2404151"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="1076375"/>
+                  <a:pt x="1076375" y="0"/>
+                  <a:pt x="2404151" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3731927" y="0"/>
+                  <a:pt x="4808302" y="1076375"/>
+                  <a:pt x="4808302" y="2404151"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="4808302" y="2653109"/>
+                  <a:pt x="4770461" y="2893229"/>
+                  <a:pt x="4700216" y="3119072"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="4643143" y="3275009"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="690093" y="4088666"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="548991" y="3933414"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="304015" y="3636572"/>
+                  <a:pt x="128908" y="3279932"/>
+                  <a:pt x="48844" y="2888671"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="39000">
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="60000"/>
+                  <a:lumOff val="40000"/>
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                  <a:alpha val="26000"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="18600000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{780DD6E8-515B-400C-9D1E-1EA41E7B3507}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="495030" y="2767106"/>
+            <a:ext cx="2160621" cy="3071906"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3500" kern="1200" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Økt 3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Plassholder for innhold 3" descr="Illustrasjon av Tyfoid-Mary som lager mat."/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2677886" y="803968"/>
-            <a:ext cx="4310742" cy="5741508"/>
+            <a:off x="3865133" y="467208"/>
+            <a:ext cx="4442686" cy="5923584"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Tekstboks 1"/>
+          <p:cNvPr id="3" name="Tekstboks 1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7261316" y="6126480"/>
-            <a:ext cx="1776548" cy="418996"/>
+            <a:off x="3381180" y="5839012"/>
+            <a:ext cx="5573363" cy="949219"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+          <a:bodyPr rot="0" spcFirstLastPara="0" vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="900" i="0" dirty="0" err="1">
+              <a:rPr lang="nn-NO" sz="1200" i="0" kern="1200" noProof="0" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Illustrasjon</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="900" i="0" dirty="0">
+              <a:t>Illustrasjon: Otis </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1200" i="0" kern="1200" noProof="0" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>: Otis Historical Archives Nat'l Museum of Health &amp; Medicine, CC BY 2.0</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="nb-NO" sz="900" i="1" dirty="0">
+              <a:t>Historical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1200" i="0" kern="1200" noProof="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> Archives </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1200" i="0" kern="1200" noProof="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Nat'l</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1200" i="0" kern="1200" noProof="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> Museum </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1200" i="0" kern="1200" noProof="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>of</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1200" i="0" kern="1200" noProof="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> Health &amp; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1200" i="0" kern="1200" noProof="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Medicine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1200" i="0" kern="1200" noProof="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>, CC BY 2.0</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="1200" i="1" kern="1200" noProof="0" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="367629969"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B79DC39F-A181-4B49-B739-173C057722AA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Tyfoid-Mary</a:t>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0" err="1"/>
+              <a:t>Tyfoid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>-Mary</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Plassholder for innhold 3">
+          <p:cNvPr id="4" name="Plassholder for innhold 3" descr="Illustrasjon av Tyfoid-Mary som lager mat.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0509D46B-2C77-41AE-8941-12C4074D09E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="2125597"/>
             <a:ext cx="1878806" cy="2428875"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Tekstboks 1"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="628650" y="4675378"/>
+            <a:ext cx="1776548" cy="418996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:prstClr val="white"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="900" i="0" noProof="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Illustrasjon: Otis </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="900" i="0" noProof="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Historical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="900" i="0" noProof="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Archives </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="900" i="0" noProof="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Nat'l</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="900" i="0" noProof="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Museum </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="900" i="0" noProof="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>of</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="900" i="0" noProof="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Health &amp; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="900" i="0" noProof="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Medicine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="900" i="0" noProof="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, CC BY 2.0</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="900" i="1" noProof="0" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="SimSun" panose="02010600030101010101" pitchFamily="2" charset="-122"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0F27ECD-DD67-46D5-B402-76FF927C2553}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2981739" y="2226469"/>
             <a:ext cx="5533611" cy="3263504"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
@@ -7181,6432 +12223,8877 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
               <a:t>Les historia om Mary </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
               <a:t>Mallon</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
               <a:t> (også kalla </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
               <a:t>tyfoid</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
               <a:t>-Mary).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
-[...4 lines deleted...]
-              <a:t>:</a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Leseoppdrag:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" fontAlgn="ctr"/>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
               <a:t>Beskriv </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
               <a:t>smittekjeda</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> frå smittekjelda til personen som blir sjuk. Teikn, skriv eller forklar.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Kva kunne vore gjort for å hindre smitta av </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" noProof="0" dirty="0"/>
+              <a:t>Salmonella </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" noProof="0" dirty="0" err="1"/>
+              <a:t>Typhi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" noProof="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
-[...130 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>og utbrot av sjukdommen tyfus?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1292191288"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E56975A-8F62-483C-AAF7-77D726AD4EBD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
               <a:t>Smittekjedeforsøk</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Plassholder for innhold 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D294865C-BB8E-49BD-9809-9CE0974CB5C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3932771427"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3786098241"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="628650" y="2226469"/>
-          <a:ext cx="7886700" cy="3059430"/>
+          <a:off x="393192" y="2057400"/>
+          <a:ext cx="8394196" cy="3456431"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="1971675">
+                <a:gridCol w="2098549">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1947196743"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1971675">
+                <a:gridCol w="2098549">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3317889911"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1971675">
+                <a:gridCol w="2098549">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3834858186"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1971675">
+                <a:gridCol w="2098549">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3783253211"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
-                        <a:t>Din kode</a:t>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
+                        <a:t>Koden din</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
+                  <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>Første kontakt</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
+                  <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>Andre kontakt</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
+                  <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>Tredje kontakt</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
+                  <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="408517563"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2087579380"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2729242699"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1328208337"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1180374530"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000" dirty="0"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1417204094"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000" dirty="0"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000" dirty="0"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000" dirty="0"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="259365608"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>7</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000" dirty="0"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3064415920"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>8</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000" dirty="0"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1416437844"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000" dirty="0"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2716033014"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="278130">
+              <a:tr h="314221">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" sz="1000" dirty="0"/>
+                        <a:rPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                         <a:t>10</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:endParaRPr lang="nb-NO" sz="1000" dirty="0"/>
+                      <a:endParaRPr lang="nn-NO" sz="1000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="34290" marB="34290"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3042374379"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1204087413"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Rectangle 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12609869-9E80-471B-A487-A53288E0E791}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="12700" cap="flat" cmpd="sng" algn="ctr">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:shade val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+                <a:miter lim="800000"/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E79AF76-BC4F-48AC-A8DF-2E43C40D8E39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="852297" y="502020"/>
+            <a:ext cx="3992787" cy="1642970"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0" err="1"/>
+              <a:t>Smittekjede</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t> – diskusjonsoppgåver</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0D9F351-B5AB-4D35-9681-A6920BD98B97}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="858692" y="2405894"/>
+            <a:ext cx="3986392" cy="3535083"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...39 lines deleted...]
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>I smittekjedeforsøket hadde éin person fått utdelt «smittestoff».</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Kor mange hadde fått smitta når alle hadde helst på tre personar?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Kor mange kunne teoretisk ha blitt smitta dersom det hadde vore tre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
               <a:t>helserunder</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
               <a:t> til?</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Rectangle 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7004738A-9D34-43E8-97D2-CA0EED4F8BE0}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="6092499" y="-5"/>
+            <a:ext cx="3069391" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="8000">
+                <a:srgbClr val="000000">
+                  <a:alpha val="94000"/>
+                </a:srgbClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2400000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Rectangle 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8B8D07F-F13E-443E-BA68-2D26672D76B9}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="6092499" y="-2"/>
+            <a:ext cx="3069391" cy="6400369"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="31000">
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="50000"/>
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="50000"/>
+                  <a:alpha val="26000"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="18000000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Rectangle 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2813A4FA-24A5-41ED-A534-3807D1B2F344}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="6092499" y="-22"/>
+            <a:ext cx="3051501" cy="6400389"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="72000">
+                <a:srgbClr val="000000">
+                  <a:alpha val="21000"/>
+                </a:srgbClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="3000000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Rectangle 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3944F27-CA70-4E84-A51A-E6BF89558979}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000" flipH="1">
+            <a:off x="6092499" y="-10"/>
+            <a:ext cx="2708601" cy="6857997"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="93000">
+                <a:srgbClr val="000000">
+                  <a:alpha val="29000"/>
+                </a:srgbClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="5400000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A16FF56-6CD0-AA93-E8FF-7114A4355204}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5786841" y="909081"/>
+            <a:ext cx="2168165" cy="5071731"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1687363496"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="63" name="Slide Background">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F7D5CDA-D291-4307-BF55-1381FED29634}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{023574BC-E51E-4148-A0FC-237F2BF36625}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571350" y="278051"/>
+            <a:ext cx="4000647" cy="957071"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
               <a:t>Studer bakterieprøva</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEB55605-1AC1-4A89-B938-56812770129E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571350" y="2470244"/>
+            <a:ext cx="5257800" cy="3769835"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Kor mange ulike typar koloniar kan du sjå?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Beskriv forskjellen på dei ulike koloniane</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Samanlikn resultatet av di prøve med dei andre i legeteamet ditt. </a:t>
+            </a:r>
+          </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
-[...18 lines deleted...]
-              <a:t>Samanlikn resultatet av di prøve med dei andre i legeteamet ditt. </a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Vel ut ein koloni du dyrkar vidare på. Vel gjerne ein som ligg for seg sjølv, da er det størst sannsyn for at kolonien er rein:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Plukk opp ein bakteriekoloni frå </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
+              <a:t>agarskåla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> med ei podenål.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Rør ut kolonien i eit </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
+              <a:t>eppendorfrøyr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> med destillert vatn.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Bruk podenåla til å stryke løysninga over </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
+              <a:t>agarskåla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nn-NO" sz="2200" dirty="0"/>
-[...49 lines deleted...]
-            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Set petriskåla i varmeskapet i 2–3 dagar.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="nn-NO" sz="2200" dirty="0"/>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4" descr="Foto av petriskål med bakteriekulturer.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0BE485F-49E0-819B-E8D4-323ADBF1284C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="9218" t="-1" r="26650" b="-1"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5843016" y="-10886"/>
+            <a:ext cx="3314850" cy="6868886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:effectLst>
+            <a:outerShdw blurRad="127000" dist="50800" dir="10800000" sx="99000" sy="99000" algn="r" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="40000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2919351289"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Bilde 3" descr="Foto av glass med blodprøver">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{010648B2-DD99-2547-FF66-FD41C09D763D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="31440" r="24009" b="-2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="1"/>
+            <a:ext cx="4577118" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B5E2FB2-FC9D-4FFB-ABD3-9148796D0152}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="628650" y="365126"/>
+            <a:ext cx="4830318" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-[...8 lines deleted...]
-              <a:t> laboratoriet:</a:t>
+              <a:rPr lang="nn-NO" sz="4000" b="1" noProof="0" dirty="0"/>
+              <a:t>Melding frå laboratoriet:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E078B15-7C2C-4094-9F9A-D19D0D334150}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="727912" y="2184358"/>
-            <a:ext cx="7044488" cy="2034945"/>
+            <a:ext cx="3629403" cy="3771169"/>
           </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="95000"/>
                 <a:lumOff val="5000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...16 lines deleted...]
-              <a:t> bakterieinfeksjon. </a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Resultatet frå CRP tyder på at pasienten har ein </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>bakterieinfeksjon</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...24 lines deleted...]
-              <a:t>.  </a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Neste skritt: Dyrke bakterien vidare for gramfargetesting som kan avsløre kva slags bakterie det er som forårsakar plagene.  </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="675092836"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44CF4C5E-D40B-4762-A1B9-54E3484B725C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="657519" y="741391"/>
+            <a:ext cx="3266449" cy="1616203"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0" err="1"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>Bakteriegrupper</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EF6AFC6-0ABB-46FE-A4BE-62F7FBAC1210}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="1825625"/>
-            <a:ext cx="7981340" cy="4351338"/>
+            <a:off x="657519" y="2533476"/>
+            <a:ext cx="3266448" cy="3447832"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...8 lines deleted...]
-              <a:t> inn i to hovedgrupper: gram-positive (G+) og gram-negative (G-). </a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Vi kan dele bakteriar inn i to hovudgrupper: gram-positive (G+) og gram-negative (G-). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...9 lines deleted...]
-            </a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Ved å bruke gramfarging, kan vi sjå om bakteriane er gram-positive eller gram-negative.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4" descr="Illustrasjon av bakterier">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{648D5E33-CEA6-1DCA-708F-FD98E6540E0C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="34025" r="29308" b="1"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="10"/>
+            <a:ext cx="4571999" cy="6857990"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rectangle 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE3A741D-C19B-960A-5803-1C5887147820}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="6082135" y="3792161"/>
+            <a:ext cx="1559464" cy="4579735"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent5">
+                  <a:alpha val="77000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="57000">
+                <a:schemeClr val="accent5">
+                  <a:lumMod val="60000"/>
+                  <a:lumOff val="40000"/>
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="11100000" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Rectangle 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C3A50E9-9119-7BC3-083B-2D84CCC78E47}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7511580" y="-3760"/>
+            <a:ext cx="1632418" cy="6857999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill flip="none" rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent2"/>
+              </a:gs>
+              <a:gs pos="40000">
+                <a:schemeClr val="accent2">
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="11400000" scaled="0"/>
+            <a:tileRect/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rectangle 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC39DE25-0E4E-0AA7-0932-1D78C2372786}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="4572000" y="5502302"/>
+            <a:ext cx="4579735" cy="1359456"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill flip="none" rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent2">
+                  <a:alpha val="89000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="38000">
+                <a:schemeClr val="accent5">
+                  <a:lumMod val="60000"/>
+                  <a:lumOff val="40000"/>
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="4200000" scaled="0"/>
+            <a:tileRect/>
+          </a:gradFill>
+          <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Rectangle 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D6EA299-0840-6DEA-E670-C49AEBC87E89}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000">
+            <a:off x="6770169" y="2939627"/>
+            <a:ext cx="2372181" cy="3914612"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill flip="none" rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent5">
+                  <a:lumMod val="60000"/>
+                  <a:lumOff val="40000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="51000">
+                <a:schemeClr val="accent5">
+                  <a:lumMod val="60000"/>
+                  <a:lumOff val="40000"/>
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:path path="circle">
+              <a:fillToRect r="100000" b="100000"/>
+            </a:path>
+            <a:tileRect l="-100000" t="-100000"/>
+          </a:gradFill>
+          <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3602704110"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Slide Background">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F7D5CDA-D291-4307-BF55-1381FED29634}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2FF4780-CD6D-411B-BB09-AC31C154E2A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571350" y="222505"/>
+            <a:ext cx="4768746" cy="1708242"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
               <a:t>Behandling av bakterielle </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0" err="1"/>
+              <a:rPr lang="nn-NO" sz="3600" noProof="0" dirty="0"/>
               <a:t>sjukdommar</a:t>
             </a:r>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{276073C0-B2D3-4C3B-8205-92A0E78950F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571350" y="2153252"/>
+            <a:ext cx="5847738" cy="4086827"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...144 lines deleted...]
-              <a:t> også risikoen for resistens.</a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Det er viktig å finne ut kva slags bakteriar som forårsakar sjukdom for å tilpasse behandlinga best mogleg</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0" err="1"/>
+              <a:t>Smalspektra</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t> antibiotika </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>er berekna på nokre få bakterietypar og passar fint dersom ein veit kva for bakteriar det er som forårsakar sjukdommen. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0" err="1"/>
+              <a:t>Breispektra</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t> antibiotika </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>angrip gram-positive og gram-negative bakteriar meir likt og er effektive mot mange ulike bakteriar. Ulempa med </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
+              <a:t>breispektra</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> antibiotika er at dei også drep bakteriar som er nyttige for oss, som for eksempel bakteriar i tarmsystemet. Omfattande bruk av </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
+              <a:t>breispektra</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> antibiotika aukar også risikoen for resistens.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4" descr="Foto av ulike tabletter">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77530251-A4A2-0FEE-25A8-AC1DEC1CC800}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="41845" t="-1" r="33996" b="-1"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6657974" y="-10886"/>
+            <a:ext cx="2486025" cy="6868886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:effectLst>
+            <a:outerShdw blurRad="127000" dist="50800" dir="10800000" sx="99000" sy="99000" algn="r" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="40000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3950192410"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:spTree>
-[...169 lines deleted...]
-  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{162FBDA6-A079-4753-B057-4CF374D8B943}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
               <a:t>Økt 4</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Plassholder for innhold 3"/>
+          <p:cNvPr id="4" name="Plassholder for innhold 3" descr="Foto av person som ser i mikroskop"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="hqprint">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="733730" y="1786436"/>
             <a:ext cx="6527007" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="714851291"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
               <a:t>Gramfarging</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="1468178"/>
             <a:ext cx="7886700" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
-[...123 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>ein viktig metode i medisinsk bakteriologi </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>brukast til å få meir informasjon om bakteriane slik at behandlinga kan bli mest mogleg treffsikker</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>skil mellom gram-negative (G-) og gram-positive (G+) bakteriar</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>gram-negative bakteriar ser raudfarga ut ved gramfarging fordi celleveggen består av fleire lag og tar ikkje så lett til seg farge</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>gram-positive bakteriar ser blåfarga ut ved gramfarging på grunn av at dei har ein cellevegg som lett tar til seg farge </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4"/>
+          <p:cNvPr id="5" name="Picture 4" descr="Mikroskopbilde av rødfargede gram-negative bakterier "/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="hqprint">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1300175" y="4904509"/>
             <a:ext cx="2857240" cy="1860820"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5"/>
+          <p:cNvPr id="6" name="Picture 5" descr="Mikroskopbilde av blåfargede gram-positive bakterier "/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="hqprint">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4632268" y="4904509"/>
             <a:ext cx="2791230" cy="1860820"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2759493521"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rectangle 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B831B6F-405A-4B47-B9BB-5CA88F285844}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81B41F73-DAF6-6DAF-8213-94E1D2E76A5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5054346" y="638089"/>
+            <a:ext cx="3614166" cy="1476801"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="4700" noProof="0" dirty="0"/>
+              <a:t>K</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="4700" kern="1200" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>va er ein infeksjon?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Plassholder for innhold 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9EEBE8A-7C19-3D54-B4C7-D08EAD66BFC2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="473202" y="2031845"/>
+            <a:ext cx="4094226" cy="2794309"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="sketch line">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{953EE71A-6488-4203-A7C4-77102FD0DCCA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5054346" y="2372868"/>
+            <a:ext cx="2441321" cy="18288"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2441321"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 18288"/>
+              <a:gd name="connsiteX1" fmla="*/ 585917 w 2441321"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 18288"/>
+              <a:gd name="connsiteX2" fmla="*/ 1196247 w 2441321"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 18288"/>
+              <a:gd name="connsiteX3" fmla="*/ 1806578 w 2441321"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 18288"/>
+              <a:gd name="connsiteX4" fmla="*/ 2441321 w 2441321"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 18288"/>
+              <a:gd name="connsiteX5" fmla="*/ 2441321 w 2441321"/>
+              <a:gd name="connsiteY5" fmla="*/ 18288 h 18288"/>
+              <a:gd name="connsiteX6" fmla="*/ 1830991 w 2441321"/>
+              <a:gd name="connsiteY6" fmla="*/ 18288 h 18288"/>
+              <a:gd name="connsiteX7" fmla="*/ 1269487 w 2441321"/>
+              <a:gd name="connsiteY7" fmla="*/ 18288 h 18288"/>
+              <a:gd name="connsiteX8" fmla="*/ 707983 w 2441321"/>
+              <a:gd name="connsiteY8" fmla="*/ 18288 h 18288"/>
+              <a:gd name="connsiteX9" fmla="*/ 0 w 2441321"/>
+              <a:gd name="connsiteY9" fmla="*/ 18288 h 18288"/>
+              <a:gd name="connsiteX10" fmla="*/ 0 w 2441321"/>
+              <a:gd name="connsiteY10" fmla="*/ 0 h 18288"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2441321" h="18288" fill="none" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="273217" y="-17533"/>
+                  <a:pt x="355785" y="-4171"/>
+                  <a:pt x="585917" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="816049" y="4171"/>
+                  <a:pt x="991446" y="-9419"/>
+                  <a:pt x="1196247" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1401048" y="9419"/>
+                  <a:pt x="1589984" y="-731"/>
+                  <a:pt x="1806578" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2023172" y="731"/>
+                  <a:pt x="2247754" y="8393"/>
+                  <a:pt x="2441321" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2441167" y="8655"/>
+                  <a:pt x="2440437" y="9975"/>
+                  <a:pt x="2441321" y="18288"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2169723" y="30506"/>
+                  <a:pt x="2045712" y="39140"/>
+                  <a:pt x="1830991" y="18288"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1616270" y="-2564"/>
+                  <a:pt x="1505876" y="3949"/>
+                  <a:pt x="1269487" y="18288"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1033098" y="32627"/>
+                  <a:pt x="908661" y="41191"/>
+                  <a:pt x="707983" y="18288"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="507305" y="-4615"/>
+                  <a:pt x="333592" y="20759"/>
+                  <a:pt x="0" y="18288"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="-688" y="11716"/>
+                  <a:pt x="875" y="6357"/>
+                  <a:pt x="0" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+              <a:path w="2441321" h="18288" stroke="0" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="207071" y="-14617"/>
+                  <a:pt x="444194" y="-15606"/>
+                  <a:pt x="585917" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="727640" y="15606"/>
+                  <a:pt x="904326" y="-79"/>
+                  <a:pt x="1123008" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1341690" y="79"/>
+                  <a:pt x="1600014" y="10401"/>
+                  <a:pt x="1782164" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1964314" y="-10401"/>
+                  <a:pt x="2143537" y="-21488"/>
+                  <a:pt x="2441321" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2441735" y="5928"/>
+                  <a:pt x="2441551" y="11133"/>
+                  <a:pt x="2441321" y="18288"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2166745" y="28773"/>
+                  <a:pt x="2078726" y="15476"/>
+                  <a:pt x="1879817" y="18288"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1680908" y="21100"/>
+                  <a:pt x="1548770" y="-4127"/>
+                  <a:pt x="1318313" y="18288"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1087856" y="40703"/>
+                  <a:pt x="894613" y="3927"/>
+                  <a:pt x="659157" y="18288"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="423701" y="32649"/>
+                  <a:pt x="246611" y="33975"/>
+                  <a:pt x="0" y="18288"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="-348" y="10388"/>
+                  <a:pt x="-12" y="3969"/>
+                  <a:pt x="0" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="38100" cap="rnd">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:round/>
+            <a:extLst>
+              <a:ext uri="{C807C97D-BFC1-408E-A445-0C87EB9F89A2}">
+                <ask:lineSketchStyleProps xmlns:ask="http://schemas.microsoft.com/office/drawing/2018/sketchyshapes" sd="1219033472">
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <ask:type>
+                    <ask:lineSketchFreehand/>
+                  </ask:type>
+                </ask:lineSketchStyleProps>
+              </a:ext>
+            </a:extLst>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Alternativ prosess 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86B1A4F3-54A8-EC63-7424-47E03B19BD38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5054346" y="2664886"/>
+            <a:ext cx="3614166" cy="3550789"/>
+          </a:xfrm>
+          <a:prstGeom prst="flowChartAlternateProcess">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="60000"/>
+              <a:lumOff val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="385763" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Tenk i eitt minutt</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="385763" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Diskuter med naboen i eitt minutt</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="385763" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Del i klassa</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="831771488"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44CF4C5E-D40B-4762-A1B9-54E3484B725C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="628650" y="135525"/>
+            <a:ext cx="7886700" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-[...14 lines deleted...]
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>To hovudgrupper bakteriar</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EF6AFC6-0ABB-46FE-A4BE-62F7FBAC1210}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="1825625"/>
-            <a:ext cx="2624001" cy="4351338"/>
+            <a:off x="628650" y="1306129"/>
+            <a:ext cx="7981340" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0" err="1"/>
-[...36 lines deleted...]
-              <a:t> kan føre til:</a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Nokre av dei mest vanlege gram-positive og gram-negative bakteriar, og kva for sjukdommar dei kan føre til:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="4" name="Bilde 3">
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Tabell 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8776471D-C738-4D74-B578-B28FE899EF55}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6517FA1-60B3-6B2D-45F1-91291AF31944}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...5 lines deleted...]
-          <a:blip r:embed="rId2" cstate="print">
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2270187401"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="725975" y="2045302"/>
+          <a:ext cx="7881330" cy="1854200"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="4303228">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1109306527"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="3578102">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="573628491"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="200"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1600" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Gram-positive bakteriar</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" b="1" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="200"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1600" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Infeksjonar (eksempel)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" b="1" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2776842661"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Pneumokokkar</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Streptococcus</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>pneumoniae</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>pneumococci</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>))</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Lungebetennelse, meningitt</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1522198254"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Gule stafylokokkar </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Staphylococcus</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>aureus</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>S. </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>aureus</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>))</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Sårinfeksjonar</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1408200199"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Streptokokkar </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Streptococci</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" i="0" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Hals- og </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>sårinfeksjonar</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1501226343"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Clostridium</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>difficile</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>C. </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>difficile</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" b="0" i="0" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Enterokolitt</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>. Betennelse i tynn- og tjukktarm</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3598099065"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8" name="Tabell 7">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BC74AD5-0607-2A05-B442-8996350A7E08}"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...12 lines deleted...]
-      </p:pic>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="65227991"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="725975" y="3966602"/>
+          <a:ext cx="7881330" cy="2757234"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="4322473">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1109306527"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="3558857">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="573628491"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="200"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1600" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Gram-negative bakteriar</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" b="1" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="200"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1600" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Infeksjonar (eksempel)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" b="1" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2776842661"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Escherichia</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>coli</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>E. </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>coli</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" b="0" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Urinveisinfeksjonar</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1522198254"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Klebsiella</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>pneumoniae</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Urinveisinfeksjonar</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1408200199"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Salmonella, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Campylobacter</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Gastroenteritt</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>. Betennelse i mage- og tarmkanalen</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1501226343"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Meningokokkar</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" i="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Neisseria</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>meningitidis</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>meningococci</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>))</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Hjernehinnebetennelse</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3080050864"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Gonokokk </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="0" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Neisseria</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>gonorrhoeae</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>gonococci</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Gonore</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3794537670"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Haemophilus</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>influenzae</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="107000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="800"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="nn-NO" sz="1350" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="2B2B2B"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Bronkitt, biholebetennelse</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="nn-NO" sz="1100" noProof="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="50800" marR="50800" marT="50800" marB="50800"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3598099065"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2847136026"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B5E2FB2-FC9D-4FFB-ABD3-9148796D0152}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="744241" y="1175335"/>
+            <a:ext cx="3129360" cy="2495971"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-[...8 lines deleted...]
-              <a:t> laboratoriet:</a:t>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>Ny melding frå laboratoriet:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E078B15-7C2C-4094-9F9A-D19D0D334150}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="727912" y="2184359"/>
-            <a:ext cx="7340754" cy="880710"/>
+            <a:off x="733365" y="3930449"/>
+            <a:ext cx="3642692" cy="1107895"/>
           </a:xfrm>
-          <a:ln w="19050">
+          <a:ln w="15875">
             <a:solidFill>
-              <a:schemeClr val="tx1">
-[...2 lines deleted...]
-              </a:schemeClr>
+              <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...16 lines deleted...]
-              <a:t> pasienten. </a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Det er funne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>gram-positive bakteriar </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>i prøvene frå pasienten. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 5" descr="Mikroskopbilde av blåfargede gram-positive bakterier ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56885674-4BF2-60BE-97DB-CD0CEF5274D5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="hqprint">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="21521" r="34146"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="-1"/>
+            <a:ext cx="4572000" cy="6858001"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="22" name="Group 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B33CDD2-C0CB-D8AD-886D-0ABC95A02B71}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noGrp="1" noUngrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm flipH="1">
+            <a:off x="4572000" y="-2"/>
+            <a:ext cx="4572000" cy="6858001"/>
+            <a:chOff x="-1" y="0"/>
+            <a:chExt cx="7390263" cy="6858001"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="23" name="Rectangle 22">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC7F47A2-1E11-C302-6F8E-F03239998402}"/>
+                </a:ext>
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr>
+              <p:extLst>
+                <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                  <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+                </p:ext>
+              </p:extLst>
+            </p:nvPr>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm rot="5400000">
+              <a:off x="2879677" y="2347416"/>
+              <a:ext cx="1630908" cy="7390262"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:gradFill>
+              <a:gsLst>
+                <a:gs pos="0">
+                  <a:schemeClr val="accent5"/>
+                </a:gs>
+                <a:gs pos="47000">
+                  <a:schemeClr val="accent2">
+                    <a:alpha val="0"/>
+                  </a:schemeClr>
+                </a:gs>
+              </a:gsLst>
+              <a:lin ang="11400000" scaled="0"/>
+            </a:gradFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="Rectangle 23">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06AED115-5F26-CFFE-25B4-8CCB743BA145}"/>
+                </a:ext>
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr>
+              <p:extLst>
+                <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                  <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+                </p:ext>
+              </p:extLst>
+            </p:nvPr>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm rot="5400000" flipH="1" flipV="1">
+              <a:off x="-1919061" y="1919060"/>
+              <a:ext cx="6854280" cy="3016159"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:gradFill flip="none" rotWithShape="1">
+              <a:gsLst>
+                <a:gs pos="0">
+                  <a:schemeClr val="accent5"/>
+                </a:gs>
+                <a:gs pos="47000">
+                  <a:schemeClr val="accent2">
+                    <a:alpha val="0"/>
+                  </a:schemeClr>
+                </a:gs>
+              </a:gsLst>
+              <a:lin ang="4200000" scaled="0"/>
+              <a:tileRect/>
+            </a:gradFill>
+            <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter lim="800000"/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="r"/>
+              <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="25" name="Rectangle 24">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB3032F8-FDD1-98F1-B20E-FB9CDF9EBA87}"/>
+                </a:ext>
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr>
+              <p:extLst>
+                <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                  <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+                </p:ext>
+              </p:extLst>
+            </p:nvPr>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm rot="10800000">
+              <a:off x="4461657" y="4425055"/>
+              <a:ext cx="2928605" cy="2432945"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:gradFill flip="none" rotWithShape="1">
+              <a:gsLst>
+                <a:gs pos="0">
+                  <a:schemeClr val="accent2"/>
+                </a:gs>
+                <a:gs pos="51000">
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                    <a:alpha val="0"/>
+                  </a:schemeClr>
+                </a:gs>
+              </a:gsLst>
+              <a:path path="circle">
+                <a:fillToRect r="100000" b="100000"/>
+              </a:path>
+              <a:tileRect l="-100000" t="-100000"/>
+            </a:gradFill>
+            <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter lim="800000"/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="r"/>
+              <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3054974515"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="1000"/>
+                                  </p:stCondLst>
+                                  <p:iterate type="lt">
+                                    <p:tmPct val="10000"/>
+                                  </p:iterate>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="400"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="2" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C9904E3-9A63-49DD-83D4-7A1DB9D783F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
               <a:t>Økt 5</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{360FE19F-9D1E-42E5-A412-480E9EAC3D78}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...8 lines deleted...]
-              <a:t>:</a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Pasienten har ringt inn ei melding på telefonsvararen:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
-[...184 lines deleted...]
-              <a:t>.»</a:t>
+              <a:rPr lang="nn-NO" sz="2200" i="1" noProof="0" dirty="0"/>
+              <a:t>«Hei, det er Greta Garberg som ringer. I dag las eg i avisa om noko som heiter multiresistente bakteriar, at dei var kjempefarlege og vanskelege å bli frisk av. Eg blei så bekymra, fordi eg lurar på om det er ein multiresistent bakterie eg har fått. For to månadar sidan var eg i Hellas, og da hadde eg ein urinvegsinfeksjon. Men han gjekk heldigvis ganske raskt over fordi eg fekk kjøpt antibiotika på apoteket. Eg hugsar ikkje kva slags antibiotika dette var, men han skulle passe til mange ulike infeksjonar.»</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="nb-NO" sz="2200" i="1" dirty="0"/>
+            <a:endParaRPr lang="nn-NO" sz="2200" i="1" noProof="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Bilde 3"/>
+          <p:cNvPr id="4" name="Bilde 3">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2" cstate="hqprint">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="-3320" t="13640" r="3320" b="2556"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4842190" y="4728754"/>
             <a:ext cx="4301810" cy="2129246"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2392464323"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D37FA4D-759B-4007-BCC3-DE4EBD25E1F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0" err="1"/>
-[...10 lines deleted...]
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Antibiotikaresistente bakteriar</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8C57F57-BC1B-431E-B7CD-2832683791FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="2226469"/>
             <a:ext cx="4104284" cy="3263504"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
               <a:t>Sjå </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0">
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>filmen </a:t>
-[...20 lines deleted...]
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:t>filmen frå NRK nyheiter</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
               <a:t>Leseoppdrag: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...32 lines deleted...]
-              <a:t>? </a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Kva kan ein gjere for å unngå antibiotikaresistente bakteriar? </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Bilde 4">
+          <p:cNvPr id="5" name="Bilde 4" descr="Skjermdump av NRK-filmen, person som holder opp en tablett.">
             <a:hlinkClick r:id="rId2"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{769C73B6-B095-40D0-9AAE-BB522A70DD5F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4923334" y="2103285"/>
             <a:ext cx="3475204" cy="3490547"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2542391145"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Bilde 3" descr="Tabell hentet fra https://www.ecdc.europa.eu/sites/default/files/documents/antimicrobial-resistance-eu-annual-epidemiological-report-2024.pdf &#10;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2543F5C-B180-EFE1-B42F-AA0AF87B88BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="304348" y="1368028"/>
+            <a:ext cx="4013957" cy="2830756"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BAE4A9A-C240-4F03-9C2B-E94245BE1492}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Antibiotikaresistens i Europa</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E155CD6C-8E7E-401A-B8C0-F2EE461248CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4423229" y="1556267"/>
+            <a:ext cx="4886886" cy="3611400"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t>Det finst ei rekke bakteriar som har blitt resistente mot antibiotika. Vi skal bruke MRSA (gule stafylokokkar som er resistente mot antibiotika) som eksempel.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t>Tabellen gir ei oversikt over utviklinga av MRSA i 30 europeiske land frå 2019 til 2024.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0" err="1"/>
+              <a:t>Kolonna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t> med raude felt viser estimert </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0" err="1"/>
+              <a:t>antal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t> tilfelle av MRSA per 100 000 individ.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t>Kor mange tilfelle av MRSA var det (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0" err="1"/>
+              <a:t>estimated</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0" err="1"/>
+              <a:t>incidence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t>) i Noreg og i Italia i 2019 og 2024?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Bilde 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9594E1C2-BF31-7BDE-4684-E8DAF9B49D04}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:srcRect t="43126" b="5581"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317139" y="4038032"/>
+            <a:ext cx="3988373" cy="799194"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Bilde 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA83043E-ECE9-3E37-3D4B-3BBC77B9972A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="251991" y="4945494"/>
+            <a:ext cx="4118776" cy="947234"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rektangel: avrundede hjørner 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4BB43D6-6A3A-359F-CB45-AB337375C6CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4658935" y="5237626"/>
+            <a:ext cx="2848653" cy="1022821"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="50000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0" err="1"/>
+              <a:t>Antal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t> innbyggarar i 2024: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Noreg: ca. 5,6 millionar</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Italia: ca. 59 millionar</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TekstSylinder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEF0978D-D0DA-5343-5368-D6057919A5F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="188635" y="6284517"/>
+            <a:ext cx="8766730" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1400" noProof="0" dirty="0">
+                <a:hlinkClick r:id="rId6"/>
+              </a:rPr>
+              <a:t>https://www.ecdc.europa.eu/sites/default/files/documents/antimicrobial-resistance-eu-annual-epidemiological-report-2024.pdf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="1400" noProof="0" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="979400990"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C4B37FC-5316-B52E-3CA7-6E251B240E5E}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BAE4A9A-C240-4F03-9C2B-E94245BE1492}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3387716A-183E-20DC-E4E4-EFBE1AC7CEEB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0" err="1"/>
-[...225 lines deleted...]
-            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Utvikling av MRSA i Europa</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4"/>
+          <p:cNvPr id="4" name="Bilde 3" descr="Tabell hentet fra https://www.ecdc.europa.eu/sites/default/files/documents/antimicrobial-resistance-eu-annual-epidemiological-report-2024.pdf &#10;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59CE4784-D290-7382-CA67-F41E0165712E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="319564" y="1878572"/>
-            <a:ext cx="3700850" cy="2876204"/>
+            <a:off x="304348" y="1368028"/>
+            <a:ext cx="4013957" cy="2830756"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Bilde 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAB37C93-ED6B-42AA-EAB0-35DC253DEE65}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:srcRect t="43126" b="5581"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317139" y="4038032"/>
+            <a:ext cx="3988373" cy="799194"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Bilde 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0AC4A3E-88CC-629D-94A5-6E67E1A656CA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="251991" y="4945494"/>
+            <a:ext cx="4118776" cy="947234"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Up Arrow 5"/>
+          <p:cNvPr id="3" name="Up Arrow 5" descr="Pil som peker på den niende kolonnen (Change in estimated incidence (%) 2019-2024)">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3004E154-F8B2-CFAB-A35E-9A0E3E95D38B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="20658292">
-[...1 lines deleted...]
-            <a:ext cx="123074" cy="2033370"/>
+          <a:xfrm rot="16200000">
+            <a:off x="3460097" y="991038"/>
+            <a:ext cx="126019" cy="1968954"/>
           </a:xfrm>
           <a:prstGeom prst="upArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Up Arrow 6"/>
-[...323 lines deleted...]
-          <p:cNvPr id="2" name="Tittel 1">
+          <p:cNvPr id="7" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BAE4A9A-C240-4F03-9C2B-E94245BE1492}"/>
-[...36 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E155CD6C-8E7E-401A-B8C0-F2EE461248CB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9DF15DD-6C7B-2E76-FEEC-A002DDD0FE6B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4198925" y="1878572"/>
-            <a:ext cx="4886886" cy="3611400"/>
+            <a:off x="4494791" y="1556267"/>
+            <a:ext cx="4468780" cy="3611400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t>Den niande kolonnen viser estimert prosent-endring i  tilfelle av MRSA mellom 2019 og 2024.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t>Studer tala for Italia og Noreg. Er det ein </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0" err="1"/>
+              <a:t>avtakande</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t> eller aukande trend for desse to landa?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t>Kva kan dei store forskjellane i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0" err="1"/>
+              <a:t>andel</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
+              <a:t> tilfelle av MRSA skuldast?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:pPr>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
-            <a:r>
-[...148 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0">
-                <a:hlinkClick r:id="rId2"/>
+              <a:rPr lang="nn-NO" sz="2000" noProof="0" dirty="0">
+                <a:hlinkClick r:id="rId6"/>
               </a:rPr>
-              <a:t>NHI – E. </a:t>
-[...154 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t>MRSA </a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="2000" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="64001278"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3316624861"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="6"/>
-[...271 lines deleted...]
-                                          <p:spTgt spid="10"/>
+                                          <p:spTgt spid="3"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
-      <p:bldP spid="6" grpId="0" animBg="1"/>
-      <p:bldP spid="10" grpId="0" animBg="1"/>
+      <p:bldP spid="3" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:spTree>
-[...264 lines deleted...]
-  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76857AC0-FF77-4B9E-95C8-D45C3F338BFF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
               <a:t>Økt 6</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55904A1D-8EC7-41FA-BAED-AE6F4ECACC5E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...8 lines deleted...]
-              <a:t> laboratoriet:</a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Melding frå laboratoriet:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
-[...32 lines deleted...]
-              <a:t>.</a:t>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Prøva til pasienten inneheld ikkje antibiotikaresistente bakteriar.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
               <a:t>Førebu og gjennomfør møte med pasienten.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Bilde 3"/>
+          <p:cNvPr id="4" name="Bilde 3">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="hqprint">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="733154" y="3740331"/>
             <a:ext cx="4049486" cy="2699658"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1239555910"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03010A05-540D-4EE9-BB04-8D813F7C6F9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0"/>
+              <a:t>Litteraturliste/referansar</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C779188-0E1B-4D81-9C99-0AA3AE6F1663}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Jessica Lönn-Stensrud (2016). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" noProof="0" dirty="0" err="1"/>
+              <a:t>Bakterienes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" noProof="0" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" noProof="0" dirty="0" err="1"/>
+              <a:t>forunderlige</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" i="1" noProof="0" dirty="0"/>
+              <a:t> verden</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>. Oslo: Universitetsforlaget.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Norsk Helseinformatikk, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>www.nhi.no</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Folkehelseinstituttet, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>www.fhi.no</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>NEL </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>https://legehandboka.no/handboken/kliniske-kapitler/infeksjoner/pasientinformasjon/om-infeksjoner/immunsystemet/</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0">
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>https://www.mn.uio.no/ibv/tjenester/kunnskap/plantefys/leksikon/g/gramfa.html</a:t>
+            </a:r>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="473190348"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Slide Background">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F7D5CDA-D291-4307-BF55-1381FED29634}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A454BAE-0D39-47C5-B282-D6E43EDC9B05}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571350" y="-117016"/>
+            <a:ext cx="4000647" cy="1708242"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>Infeksjon</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C47A7379-A3DC-47CD-B9F9-1A6A26DA0D3A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571350" y="1836752"/>
+            <a:ext cx="6103770" cy="4866198"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>Infeksjon</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> er sjukdom forårsaka av </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>mikroorganismar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> som formeirar seg raskt..</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Slike mikroorganismar kan for eksempel vere </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>virus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>bakteriar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> eller </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>sopp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>Symptom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> på ein infeksjon varierer, for eksempel feber, diare eller hoste.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Mikroorganismane blir spreidde vidare frå person til person gjennom for eksempel </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>luftsmitte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> (hoste og nysing) eller </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>kontaktsmitte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> (som handtrykk og klem). Nokre blir spreidde </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>frå dyreprodukt </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>(kjøt og egg) til menneske. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>Inkubasjonsperioden</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> er tida det tar frå mikroorganismane har trengt inn i kroppen til vi merkar symptom på sjukdom.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Bakteriar og virus er dei dominerande årsakene til infeksjonar.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC703E42-443D-D7F8-B920-9B25EE6E1DD4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="51506" t="-1" r="28276" b="-1"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6675120" y="-10886"/>
+            <a:ext cx="2468880" cy="6868886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:effectLst>
+            <a:outerShdw blurRad="127000" dist="50800" dir="10800000" sx="99000" sy="99000" algn="r" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="40000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3180364829"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="Slide Background">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F7D5CDA-D291-4307-BF55-1381FED29634}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4B3CEC6-3F17-451A-BB5F-4BB5FBB984EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571350" y="144081"/>
+            <a:ext cx="4000647" cy="1708242"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>Å stille ein diagnose</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D512A4-0748-4C6D-82B3-892E675E4F4D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571350" y="2470244"/>
+            <a:ext cx="4338978" cy="3769835"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Ei av dei viktigaste oppgåvene til ein lege er å stille riktig diagnose.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Alle sjukdommar gir bestemte symptom.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>For å stille ein diagnose treng legen informasjon frå pasienten om symptom. I tillegg kan det også vere nødvendig med ulike prøver og undersøkingar.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Legen kjem fram til ein diagnose ved å </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
+              <a:t>gjenkjenne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> eit bestemt mønster som passar til ein sjukdom eller ved å lage seg hypotesar som testast ut.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="Stetoskop">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76594471-A9F6-3E73-B5D3-28E7B514BA03}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="33292" r="27831" b="-1"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5143347" y="-10886"/>
+            <a:ext cx="4000653" cy="6868886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:effectLst>
+            <a:outerShdw blurRad="127000" dist="50800" dir="10800000" sx="99000" sy="99000" algn="r" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="40000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2860240826"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Slide Background">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B210AC1D-4063-4C6E-9528-FA9C4C0C18E6}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Rectangle 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02F8C595-E68C-4306-AED8-DC7826A0A506}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="8562310" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst>
+            <a:outerShdw blurRad="889000" dist="406400" dir="21540000" sx="90000" sy="90000" algn="t" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="20000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5102556" y="762001"/>
+            <a:ext cx="3117384" cy="1708244"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>Diaré</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Bilde 4"/>
+          <p:cNvPr id="6" name="Bilde 5" descr="Illustrasjon av dorull med et sint ansikt på.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F57A9E14-3A2D-216B-A96B-9BB55C4B10C0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="31819" r="30015" b="1"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1625853" y="1907177"/>
-            <a:ext cx="5892294" cy="2181498"/>
+            <a:off x="20" y="-2"/>
+            <a:ext cx="4571980" cy="6858002"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Tittel 1">
-[...7 lines deleted...]
-            <a:spLocks/>
+          <p:cNvPr id="17" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="365126"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="5102556" y="2470245"/>
+            <a:ext cx="3355644" cy="3769835"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-            <a:normAutofit/>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...22 lines deleted...]
-              <a:t>Tankekart</a:t>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Dei fleste tilfelle av akutt diaré er ufarlege og går over av seg sjølv.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Kontakt lege dersom diareen er langvarig eller kraftig, og dersom allmenntilstanden blir svekka.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>For å finne årsaka til tilstanden blir det tatt blodprøver og avføringsprøve til dyrking av tarmbakteriar. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2955634049"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1456589498"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Slide Background">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B210AC1D-4063-4C6E-9528-FA9C4C0C18E6}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp useBgFill="1">
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rectangle 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02F8C595-E68C-4306-AED8-DC7826A0A506}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
+                <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="8562310" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst>
+            <a:outerShdw blurRad="889000" dist="406400" dir="21540000" sx="90000" sy="90000" algn="t" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="20000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Tittel 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5102556" y="762001"/>
+            <a:ext cx="3666540" cy="1708244"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>CRP </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="3500" noProof="0" dirty="0"/>
+              <a:t>(C-reaktivt protein)</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Bilde 4" descr="Foto av glass med blodprøver.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E13585FD-0045-3EAF-E8A5-84953175AF27}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="31466" r="24033" b="-2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="20" y="-2"/>
+            <a:ext cx="4571980" cy="6858002"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Plassholder for innhold 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5102556" y="2470245"/>
+            <a:ext cx="3364788" cy="3769835"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...67 lines deleted...]
-            <a:endParaRPr lang="nb-NO" sz="2200" dirty="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Ved mistanke om infeksjon målast gjerne CRP hos pasienten ved at det blir tatt ut nokre dropar blod frå eit stikk i fingeren. Resultatet kan bli </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0" err="1"/>
+              <a:t>avlest</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t> etter nokre minutt og kan ofte seie noko om ein eventuell infeksjon kjem av virus eller bakteriar.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" b="1" noProof="0" dirty="0"/>
+              <a:t>Legesekretæren har tatt CRP av pasienten.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="473190348"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2161847267"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:spTree>
-[...550 lines deleted...]
-  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-              <a:t>Diaré</a:t>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Kva kan verdiane på CRP-prøva fortelje?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-[...107 lines deleted...]
-          <a:lstStyle/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Hos friske menneske er som regel ikkje CRP-verdien målbar, og skal vere under 5 mg/L.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Jo høgare verdi (&gt; 40mg/L), desto større sannsyn for at det er ein bakteriell infeksjon.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Eksempel:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+          </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
-[...234 lines deleted...]
-              <a:rPr lang="nb-NO" sz="2200" dirty="0"/>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
               <a:t>    </a:t>
             </a:r>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nn-NO" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Table 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="725699302"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3644878032"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="883919" y="3874193"/>
           <a:ext cx="6921731" cy="1489363"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="4763409">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="376001881"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2158322">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3460061459"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" dirty="0"/>
+                        <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
                         <a:t>Tilstand</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" dirty="0"/>
-                        <a:t>Typiske CRP-verdier</a:t>
+                        <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+                        <a:t>Typiske CRP-verdiar</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="50000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2747037277"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="376843">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" dirty="0"/>
+                        <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
                         <a:t>Influensa (virusinfeksjon)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" dirty="0"/>
+                        <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
                         <a:t>10–20 mg/L</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2892430523"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" dirty="0"/>
+                        <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
                         <a:t>Halsbetennelse (bakteriell infeksjon</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" dirty="0"/>
+                        <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
                         <a:t>30–60 mg/L</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="671734624"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" dirty="0"/>
+                        <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
                         <a:t>Nyrebekkenbetennelse (bakteriell infeksjon)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="nb-NO" dirty="0"/>
+                        <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
                         <a:t>60– over 200 mg/L</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2645465002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1005858080"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tittel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0836CCD6-5430-4700-9311-335D3C267691}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>Kva veit vi </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="nn-NO" noProof="0" dirty="0"/>
+              <a:t>– og kva treng vi opplysningar om?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Plassholder for innhold 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE71AA4B-95B1-4270-80DD-C3A2093EABC3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="nn-NO" sz="2200" noProof="0" dirty="0"/>
+              <a:t>Bruk skjemaet til å halde orden på alle opplysningar og informasjon som de får tilgang til. Skriv også opp eventuelle spørsmål som de lurar på.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Bilde 5" descr="Elevarket med skjema til å systematisere informasjon og spørsmål">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFDEE7C3-B55B-A90A-33B1-6680F98399BB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="3431" t="7915" r="3891" b="13523"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2233750" y="2647954"/>
+            <a:ext cx="6257106" cy="3769716"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2953807326"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office-tema">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -13833,125 +21320,438 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>2121</Words>
+  <Words>2264</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Skjermfremvisning (4:3)</PresentationFormat>
-  <Paragraphs>209</Paragraphs>
-[...1 lines deleted...]
-  <Notes>0</Notes>
+  <Paragraphs>229</Paragraphs>
+  <Slides>37</Slides>
+  <Notes>3</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Brukte skrifter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Lysbildetitler</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>40</vt:i4>
+        <vt:i4>37</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="44" baseType="lpstr">
+    <vt:vector size="42" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office-tema</vt:lpstr>
-      <vt:lpstr>PowerPoint-presentasjon</vt:lpstr>
+      <vt:lpstr>Bakgrunn</vt:lpstr>
       <vt:lpstr>Oppdrag</vt:lpstr>
-      <vt:lpstr>Tenk-par-del</vt:lpstr>
-      <vt:lpstr>PowerPoint-presentasjon</vt:lpstr>
       <vt:lpstr>Kva er ein infeksjon?</vt:lpstr>
+      <vt:lpstr>Infeksjon</vt:lpstr>
       <vt:lpstr>Å stille ein diagnose</vt:lpstr>
       <vt:lpstr>Diaré</vt:lpstr>
-      <vt:lpstr>CRP (C-reaktivt protein)</vt:lpstr>
+      <vt:lpstr>CRP  (C-reaktivt protein)</vt:lpstr>
       <vt:lpstr>Kva kan verdiane på CRP-prøva fortelje?</vt:lpstr>
       <vt:lpstr>Kva veit vi  – og kva treng vi opplysningar om?</vt:lpstr>
       <vt:lpstr>Kjenneteikn på måloppnåing</vt:lpstr>
       <vt:lpstr>Økt 2</vt:lpstr>
+      <vt:lpstr>Les om immunsystemet</vt:lpstr>
       <vt:lpstr>Immunsystemet</vt:lpstr>
-      <vt:lpstr>menti.com</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Kroppens normalflora</vt:lpstr>
+      <vt:lpstr>Normalfloraen i kroppen</vt:lpstr>
       <vt:lpstr>Jakta på bakteriane </vt:lpstr>
       <vt:lpstr>Bakteriar og virus,  sorteringsoppgåve</vt:lpstr>
       <vt:lpstr>Samanlikne virus og bakteriar</vt:lpstr>
       <vt:lpstr>Bakteriar</vt:lpstr>
       <vt:lpstr>Virus</vt:lpstr>
       <vt:lpstr>Økt 3</vt:lpstr>
       <vt:lpstr>Tyfoid-Mary</vt:lpstr>
       <vt:lpstr>Smittekjedeforsøk</vt:lpstr>
       <vt:lpstr>Smittekjede – diskusjonsoppgåver</vt:lpstr>
       <vt:lpstr>Studer bakterieprøva</vt:lpstr>
       <vt:lpstr>Melding frå laboratoriet:</vt:lpstr>
-      <vt:lpstr>Bakteriar</vt:lpstr>
+      <vt:lpstr>Bakteriegrupper</vt:lpstr>
       <vt:lpstr>Behandling av bakterielle sjukdommar</vt:lpstr>
       <vt:lpstr>Økt 4</vt:lpstr>
       <vt:lpstr>Gramfarging</vt:lpstr>
       <vt:lpstr>To hovudgrupper bakteriar</vt:lpstr>
-      <vt:lpstr>Melding frå laboratoriet:</vt:lpstr>
+      <vt:lpstr>Ny melding frå laboratoriet:</vt:lpstr>
       <vt:lpstr>Økt 5</vt:lpstr>
       <vt:lpstr>Antibiotikaresistente bakteriar</vt:lpstr>
-      <vt:lpstr>Antibiotikaresistente bakteriar</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Antibiotikaresistente bakteriar</vt:lpstr>
+      <vt:lpstr>Antibiotikaresistens i Europa</vt:lpstr>
+      <vt:lpstr>Utvikling av MRSA i Europa</vt:lpstr>
       <vt:lpstr>Økt 6</vt:lpstr>
       <vt:lpstr>Litteraturliste/referansar</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint-presentasjon</dc:title>
   <dc:creator>Berit Reitan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>